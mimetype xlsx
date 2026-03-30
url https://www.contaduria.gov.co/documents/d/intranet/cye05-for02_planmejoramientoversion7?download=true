--- v0 (2025-12-05)
+++ v1 (2026-03-30)
@@ -1,2481 +1,4158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27726"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
+  <workbookPr updateLinks="always" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\TRABAJO\ACALLEJAS\2024\Documentos SGC\Documentos controlados\ControlInterno\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uaecgn-my.sharepoint.com/personal/darevalo_contaduria_gov_co/Documents/DAREVALO/2026/ControlDocumental/Actualizacion/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94BE6CB0-8F96-48FD-A135-91778A234BC8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="42" documentId="13_ncr:1_{695158C1-5E3A-48C2-8327-383AF794E6DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0394D3B0-E60F-488D-B1FF-09D69BA09591}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" firstSheet="1" activeTab="1" xr2:uid="{D015E246-3970-4C24-A34B-DF4A6E729632}"/>
   </bookViews>
   <sheets>
-    <sheet name="Formato PM" sheetId="1" r:id="rId1"/>
-    <sheet name="INSTRUCTIVO" sheetId="2" r:id="rId2"/>
+    <sheet name="Información" sheetId="2" state="hidden" r:id="rId1"/>
+    <sheet name="Instructivo V8" sheetId="6" r:id="rId2"/>
+    <sheet name="Formato PM V8" sheetId="12" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Formato PM V8'!$A$1:$AG$49</definedName>
+  </definedNames>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...137 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="177">
   <si>
     <t>PLAN DE MEJORAMIENTO</t>
   </si>
   <si>
     <t>PROCESO:</t>
   </si>
   <si>
+    <t>CONTROL Y EVALUACIÓN</t>
+  </si>
+  <si>
     <t>PROCEDIMIENTO:</t>
   </si>
   <si>
-    <t>No acciones</t>
+    <t>AUDITORÍAS INTERNAS DE GESTIÓN</t>
   </si>
   <si>
     <t>FECHA DE APROBACIÓN:</t>
   </si>
   <si>
     <t>CÓDIGO:</t>
   </si>
   <si>
     <t>VERSIÓN:</t>
   </si>
   <si>
+    <t>PÁGINA</t>
+  </si>
+  <si>
     <t>CYE05-FOR02</t>
   </si>
   <si>
-    <t>si</t>
-[...28 lines deleted...]
-  <si>
     <t>No.</t>
   </si>
   <si>
-    <t>RECOMENDACIONES</t>
-[...212 lines deleted...]
-      <rPr>
+    <t>Procesos de la CGN</t>
+  </si>
+  <si>
+    <t>Normalización</t>
+  </si>
+  <si>
+    <t>NOR</t>
+  </si>
+  <si>
+    <t>Gestión TICs</t>
+  </si>
+  <si>
+    <t>GTI</t>
+  </si>
+  <si>
+    <t>Planeación Integral</t>
+  </si>
+  <si>
+    <t>PI</t>
+  </si>
+  <si>
+    <t>Control y Evaluación</t>
+  </si>
+  <si>
+    <t>CYE</t>
+  </si>
+  <si>
+    <t>Comunicación Pública</t>
+  </si>
+  <si>
+    <t>CPU</t>
+  </si>
+  <si>
+    <t>Gestión Recursos Financieros</t>
+  </si>
+  <si>
+    <t>GFI</t>
+  </si>
+  <si>
+    <t>Gestión Administrativa</t>
+  </si>
+  <si>
+    <t>GAD</t>
+  </si>
+  <si>
+    <t>Gestión Jurídica</t>
+  </si>
+  <si>
+    <t>GJU</t>
+  </si>
+  <si>
+    <t>Gestión Humana</t>
+  </si>
+  <si>
+    <t>GTH</t>
+  </si>
+  <si>
+    <t>Consolidación</t>
+  </si>
+  <si>
+    <t>CON</t>
+  </si>
+  <si>
+    <t>Centralización</t>
+  </si>
+  <si>
+    <t>CEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tipo de Informe </t>
+  </si>
+  <si>
+    <t>Auditoría financiera</t>
+  </si>
+  <si>
+    <t>AF</t>
+  </si>
+  <si>
+    <t>Examina los estados financieros y su conformidad con normas contables.</t>
+  </si>
+  <si>
+    <t>Auditoría de cumplimiento</t>
+  </si>
+  <si>
+    <t>AC</t>
+  </si>
+  <si>
+    <t>Verifica si la entidad cumple con leyes, normas, políticas y procedimientos.</t>
+  </si>
+  <si>
+    <t>Las auditorías informáticas podrían ser de gestión o cumplimiento dependiendo del alcance</t>
+  </si>
+  <si>
+    <t>Informes de Ley y Seguimiento</t>
+  </si>
+  <si>
+    <t>ILS</t>
+  </si>
+  <si>
+    <t>Informes dispuestos por la Ley y Seguimientos, de acuerdo con PAAS</t>
+  </si>
+  <si>
+    <t>Grupos Internos de Trabajo</t>
+  </si>
+  <si>
+    <t>Tipo de Seguimiento</t>
+  </si>
+  <si>
+    <t>GIT de Planeación</t>
+  </si>
+  <si>
+    <t>Avance</t>
+  </si>
+  <si>
+    <t>GIT de Jurídica</t>
+  </si>
+  <si>
+    <t>Cumplimiento</t>
+  </si>
+  <si>
+    <t>GIT Logístico de Capacitación y Prensa</t>
+  </si>
+  <si>
+    <t>Efectividad</t>
+  </si>
+  <si>
+    <t>GIT de Control Interno</t>
+  </si>
+  <si>
+    <t>Subcontaduría General y de Investigación</t>
+  </si>
+  <si>
+    <t>Estado</t>
+  </si>
+  <si>
+    <t>GIT de Investigación y Normas</t>
+  </si>
+  <si>
+    <t>Abierta</t>
+  </si>
+  <si>
+    <t>GIT de Doctrina Contable Pública</t>
+  </si>
+  <si>
+    <t>Cerrada</t>
+  </si>
+  <si>
+    <t>GIT de Capacitación en Contabilidad Pública</t>
+  </si>
+  <si>
+    <t>Subcontaduría de Centralización de la Información</t>
+  </si>
+  <si>
+    <t>Resultado</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GIT de Gestión y Evaluación de la Información Entidades de Gobierno </t>
+  </si>
+  <si>
+    <t>Con cumplimiento</t>
+  </si>
+  <si>
+    <t>GIT de Gestión y Evaluación de la Información Empresas</t>
+  </si>
+  <si>
+    <t>Sin cumplimiento</t>
+  </si>
+  <si>
+    <t>GIT de Sistemas de Información Integrados Nacionales - SIIN</t>
+  </si>
+  <si>
+    <t>Con efectividad</t>
+  </si>
+  <si>
+    <t>GIT CHIP</t>
+  </si>
+  <si>
+    <t>Sin efectividad</t>
+  </si>
+  <si>
+    <t>Subcontaduría de Consolidación de la Información</t>
+  </si>
+  <si>
+    <t>GIT de Procesamiento y Análisis de Producto</t>
+  </si>
+  <si>
+    <t>GIT de Estadísticas y Análisis Económico</t>
+  </si>
+  <si>
+    <t>GIT de Apoyo Informático</t>
+  </si>
+  <si>
+    <t>Secretaría General</t>
+  </si>
+  <si>
+    <t>GIT de Talento Humano y Prestaciones Sociales</t>
+  </si>
+  <si>
+    <t>GIT de Servicios Generales, Administrativos y Financieros</t>
+  </si>
+  <si>
+    <t>Fecha del informe</t>
+  </si>
+  <si>
+    <t>Tipo de Informe</t>
+  </si>
+  <si>
+    <t>Nombre del Informe</t>
+  </si>
+  <si>
+    <t>Causa</t>
+  </si>
+  <si>
+    <t>Descripción de la acción</t>
+  </si>
+  <si>
+    <t>Evidencia de cumplimiento</t>
+  </si>
+  <si>
+    <t>Responsable del cumplimiento</t>
+  </si>
+  <si>
+    <t>Fecha de inicio</t>
+  </si>
+  <si>
+    <t>Fecha de terminación</t>
+  </si>
+  <si>
+    <t>Descripción</t>
+  </si>
+  <si>
+    <t>Tipo de seguimiento</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>Unidad Auditable</t>
+  </si>
+  <si>
+    <t>Proceso auditable</t>
+  </si>
+  <si>
+    <t>Recomendación del GIT de Control Interno</t>
+  </si>
+  <si>
+    <t>OTRAS INSTRUCCIONES PARA EL DILIGENCIAMIENTO DEL FORMATO</t>
+  </si>
+  <si>
+    <t>Proceso</t>
+  </si>
+  <si>
+    <t>Sigla</t>
+  </si>
+  <si>
+    <t>Informe</t>
+  </si>
+  <si>
+    <t>Cuando el seguimiento se realice previo a la fecha de terminación de la acción.</t>
+  </si>
+  <si>
+    <t>Cuando el periodo determinado por el proceso para desarrollar la acción no ha finalizado.</t>
+  </si>
+  <si>
+    <t>Cuando el seguimiento se realice con posterioridad a la fecha de terminación de la acción.</t>
+  </si>
+  <si>
+    <t>Cerrado</t>
+  </si>
+  <si>
+    <t>Cuando el periodo determinado por el proceso para desarrollar la acción finalizó.</t>
+  </si>
+  <si>
+    <t>Abierta: Si la acción, a pesar de no haber terminado su periodo de ejecución, muestra un avance.
+Cerrada: Si la acción, una vez finalizado el periodo de ejecución, cumplió con lo programado.</t>
+  </si>
+  <si>
+    <t>Cerrada: Si la acción, una vez finalizado el periodo de ejecución, resultó efectiva para eliminar la causa que generó el hallazgo.</t>
+  </si>
+  <si>
+    <t>Cerrada: Si la acción, una vez finalizado el periodo de ejecución, no resultó efectiva para eliminar la causa que generó el hallazgo.</t>
+  </si>
+  <si>
+    <t>En su diligenciamiento intervienen:</t>
+  </si>
+  <si>
+    <r>
+      <t>La matriz del </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Plan de Mejoramiento</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t> se utiliza para registrar, ejecutar y hacer seguimiento a las acciones establecidas para atender los hallazgos identificados durante las auditorías.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Procesos responsables</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>, que formulan y ejecutan las acciones de mejora.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>GIT de Control Interno</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>, que consolida, verifica y realiza seguimiento.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>La matriz está organizada en </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>tres secciones</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>, cada una con responsabilidades diferenciadas.</t>
+    </r>
+  </si>
+  <si>
+    <t>1. Identificación de la auditoría</t>
+  </si>
+  <si>
+    <t>Esta sección estará protegida para los procesos.</t>
+  </si>
+  <si>
+    <t>Esta sección está compuesta de los siguientes campos:</t>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Proceso auditable: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>seleccionar el proceso auditado o el que operativiza la unidad auditable. Para identificar los procesos de la CGN, tomar como base la siguiente tabla:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>    </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Tipo de informe:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> tipo de informe en el que se encontró la situación. Este es un campo de selección, para lo que debe tener en cuenta la siguiente tabla:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Nombre del informe:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> nombre del informe en el que se encontró la situación.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Fecha del Informe: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>fecha en la que se emitió en informe final. La fecha debe estar escrita en formato dd/mm/aaaa.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Unidad Auditable: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>procedimiento, proyecto de inversión o proceso objeto de auditoría. En caso de que la unidad auditable sea un proceso, dejar la casilla en blanco.</t>
+    </r>
+  </si>
+  <si>
+    <t>2. Identificación del hallazgo y definición de la acción de mejora</t>
+  </si>
+  <si>
+    <t>Esta sección estará protegida para el GIT de Control Interno.</t>
+  </si>
+  <si>
+    <t>Esta sección está compuesta por los siguientes campos:</t>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">No. De Hallazgo: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>este campo permite numerar los hallazgos identificados en la auditoría. Este es un campo numérico.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Recomendación del GIT de Control Interno:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> señalar cuál fue la recomendación que dio el GIT de Control Interno frente al hallazgo identificado.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>    </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Descripción del hallazgo:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> indicar cuál fue el hallazgo encontrado por el GIT de Control Interno.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Descripción de la acción:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> ingresar las actividades que el proceso desarrollará para atender la causa del hallazgo. Ejemplo: capacitaciones, ajustes de procedimiento, verificación periódica, etc.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Fecha de inicio:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> fecha desde la cual comenzará a ejecutar la acción. Diligenciar el campo en formato dd/mm/aaaa.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Fecha de terminación: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>fecha desde la cual terminará de ejecutar la acción. Diligenciar el campo en formato dd/mm/aaaa.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Evidencia de cumplimiento:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> el producto que generará la acción a implementar. Ejemplo: ayudas de memoria, documentos revisados, etc.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Responsable del cumplimiento:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> es el Grupo Interno de Trabajo que será el responsable del cumplimiento de la acción establecida. En caso de que sea más de uno, seleccione el superior jerárquico. Este campo despliega una lista de opciones, seleccionar el GIT que corresponda. </t>
+    </r>
+  </si>
+  <si>
+    <t>3. Monitoreo y seguimiento de las acciones</t>
+  </si>
+  <si>
+    <t>Esta sección se divide en dos apartados, según el rol:</t>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>    </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Fecha: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>fecha en la cual está realizando el monitoreo de la acción. Diligenciar el campo en formato dd/mm/aaaa.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Monitoreo:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> descripción del avance de la ejecución de la acción.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>% de avance:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> porcentaje de avance de lo ejecutado a la fecha de diligenciamiento, con respecto a lo programado.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Evidencia:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> soportes que sustentan la ejecución de la acción.</t>
+    </r>
+  </si>
+  <si>
+    <t>3.2 Seguimiento (GIT de Control Interno)</t>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Fecha de seguimiento:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> fecha en la cual está realizando el seguimiento de la acción. Diligenciar el campo en formato dd/mm/aaaa.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Observaciones:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> consigne observaciones cualitativas relacionadas con el avance, cumplimiento o efectividad de la acción, así como recomendaciones adicionales, si aplica.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Resultado: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>seleccione el resultado del seguimiento, indicando si la acción presenta cumplimiento, incumplimiento, efectividad o inefectividad, según corresponda. Para el diligenciamiento de este campo debe tener en cuenta la descripción señalada en la siguiente tabla:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Tipo de seguimiento:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> seleccione el seguimiento a realizar con respecto a la acción formulada. Para el diligenciamiento de este campo debe tener en cuenta la siguiente tabla:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Responsable del diligenciamiento:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t> GIT de Control Interno</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Responsable del diligenciamiento:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t> Proceso auditado</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Responsable del diligenciamiento:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t> GIT de Control Interno
+El GIT de Control Interno valida el avance y determina el estado.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Estado: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>situación en la que quedó la acción una vez realizado el seguimiento, de acuerdo con lo señalado en la tabla a continuación:</t>
+    </r>
+  </si>
+  <si>
+    <t>Fecha I Seguimiento</t>
+  </si>
+  <si>
+    <t>Monitoreo I seguimiento</t>
+  </si>
+  <si>
+    <t>% de avance I seguimiento</t>
+  </si>
+  <si>
+    <t>Evidencia I seguimiento</t>
+  </si>
+  <si>
+    <t>Fecha de I seguimiento GIT Control Interno</t>
+  </si>
+  <si>
+    <t>Observaciones I seguimiento</t>
+  </si>
+  <si>
+    <t>Estado I seguimiento</t>
+  </si>
+  <si>
+    <t>Resultado I seguimiento</t>
+  </si>
+  <si>
+    <t>Fecha II Seguimiento</t>
+  </si>
+  <si>
+    <t>Monitoreo II seguimiento</t>
+  </si>
+  <si>
+    <t>% de avance II seguimiento</t>
+  </si>
+  <si>
+    <t>Evidencia II seguimiento</t>
+  </si>
+  <si>
+    <t>Fecha de II seguimiento GIT Control Interno</t>
+  </si>
+  <si>
+    <t>Tipo de seguimiento2</t>
+  </si>
+  <si>
+    <t>Observaciones II seguimiento</t>
+  </si>
+  <si>
+    <t>Estado II seguimiento</t>
+  </si>
+  <si>
+    <t>Resultado II seguimiento</t>
+  </si>
+  <si>
+    <t>1. IDENTIFICACIÓN DE LA AUDITORÍA</t>
+  </si>
+  <si>
+    <t>2. IDENTIFICACIÓN DEL HALLAZGO Y DEFINICIÓN DE LA ACCIÓN DE MEJORA</t>
+  </si>
+  <si>
+    <t>3. MONITOREO Y SEGUIMIENTO DE LAS ACCIONES</t>
+  </si>
+  <si>
+    <t>3.2. Seguimiento por parte del GIT de Control Interno</t>
+  </si>
+  <si>
+    <t>3.1. Monitoreo por parte del proceso responsable</t>
+  </si>
+  <si>
+    <t>3.1 Monitoreo (Proceso responsable del cumplimiento)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Responsable del diligenciamiento:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t> Proceso auditado/responsable del cumplimiento
+El proceso reporta el avance en los siguientes campos:</t>
+    </r>
+  </si>
+  <si>
+    <t>Informes de Ley y/o Seguimiento</t>
+  </si>
+  <si>
+    <t>Informes dispuestos por la Ley y/o Seguimientos, de acuerdo con PAAS, cuyo resultado evidencie la necesidad de una acción correctiva.</t>
+  </si>
+  <si>
+    <t>Posterior a la fecha de terminación de la acción se evaluará la efectividad de la misma para determinar que las acciones propuestas hayan mejorado el proceso y no se haya incurrido en la misma causa que generó el hallazgo.</t>
+  </si>
+  <si>
+    <r>
+      <t>Abierta: Si la acción, a pesar de no haber terminado su periodo de ejecución, no muestra avance.
+Cerrada</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
-      <t>Tenga en cuenta que esta acción debe atacar la causa para que no se vuelva a materializar.</t>
-[...15 lines deleted...]
-    <t>Número Observaciones</t>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>: Si la acción, una vez finalizado el periodo de ejecución, no cumplió con lo programado.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Sin efectividad</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">* Nota aclaratoria: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">En estos casos, se debe establecer una nueva acción que permita solucionar la situación identíficada como causa raiz. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>¨</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Causa:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> identificar y señalar la causa raíz del hallazgo.</t>
+    </r>
+  </si>
+  <si>
+    <t>2 de 2</t>
+  </si>
+  <si>
+    <t>1 de 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="31" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...11 lines deleted...]
-      <b/>
       <sz val="11"/>
-      <color rgb="FFFA7D00"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...13 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...25 lines deleted...]
-      <color rgb="FFFF0000"/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <sz val="13.5"/>
+      <color rgb="FF000000"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Symbol"/>
+      <family val="1"/>
+      <charset val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Symbol"/>
+      <family val="1"/>
+      <charset val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
-    <font>
-[...91 lines deleted...]
-    </font>
   </fonts>
-  <fills count="9">
+  <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="9"/>
+        <fgColor rgb="FFE7F4D8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="44"/>
+        <fgColor rgb="FFFFECAF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
+        <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="52"/>
+        <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFF2F2F2"/>
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFA5A5A5"/>
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="60">
+  <borders count="37">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...31 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...24 lines deleted...]
-      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top/>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color indexed="64"/>
       </left>
-      <right style="thin">
-[...7 lines deleted...]
-      </bottom>
+      <right/>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
-[...3 lines deleted...]
-        <color rgb="FF3F3F3F"/>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
       </right>
-      <top style="double">
-        <color rgb="FF3F3F3F"/>
+      <top style="medium">
+        <color indexed="64"/>
       </top>
-      <bottom style="double">
-        <color rgb="FF3F3F3F"/>
+      <bottom style="thin">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...2 lines deleted...]
-      <right style="medium">
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...24 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
-      </right>
-[...364 lines deleted...]
-        <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color indexed="64"/>
       </top>
-      <bottom style="thin">
-        <color rgb="FF7F7F7F"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
-        <color rgb="FF3F3F3F"/>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
       </left>
       <right/>
-      <top style="double">
-        <color rgb="FF3F3F3F"/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...44 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...7 lines deleted...]
-      </bottom>
+      <right/>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...2 lines deleted...]
-      <top style="thin">
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...2 lines deleted...]
-      <right style="thin">
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="16" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="4" fillId="8" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="147">
+  <cellXfs count="178">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="9"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="6"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...37 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="8" borderId="47" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="51" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="8" borderId="52" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...43 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="14" fontId="25" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="11" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...149 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...187 lines deleted...]
-      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-[...1 lines deleted...]
-    <cellStyle name="Celda de comprobación" xfId="2" builtinId="23"/>
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{EACC5160-6B6F-43A5-842F-877B1ED8540C}"/>
   </cellStyles>
-  <dxfs count="20">
+  <dxfs count="35">
     <dxf>
-      <fill>
-[...11 lines deleted...]
-      </fill>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
-      <fill>
-[...9 lines deleted...]
-      <border>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
-          <color auto="1"/>
+          <color indexed="64"/>
         </left>
         <right style="thin">
-          <color auto="1"/>
+          <color indexed="64"/>
         </right>
         <top style="thin">
-          <color auto="1"/>
+          <color indexed="64"/>
         </top>
         <bottom style="thin">
-          <color auto="1"/>
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="d/mm/yy"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="d/mm/yy"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="d/mm/yy"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="d/mm/yy"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="d/mm/yy"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <bottom style="medium">
+          <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <fill>
-[...11 lines deleted...]
-      </fill>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <fill>
-        <gradientFill type="path" left="0.5" right="0.5" top="0.5" bottom="0.5">
-[...6 lines deleted...]
-        </gradientFill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="2"/>
+        </patternFill>
       </fill>
-    </dxf>
-[...11 lines deleted...]
-      <border>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
-        <top style="thin">
-[...4 lines deleted...]
-        </bottom>
+        <top/>
+        <bottom/>
       </border>
-    </dxf>
-[...238 lines deleted...]
-      </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
-      <color rgb="FFCC99FF"/>
+      <color rgb="FFE7F4D8"/>
+      <color rgb="FFFFECAF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>661147</xdr:colOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>991058</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>11205</xdr:rowOff>
+      <xdr:rowOff>161008</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>92167</xdr:rowOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>332899</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>68788</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51BEF379-0B90-40A6-BB8A-74067C8B38C2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{685AEF39-3197-4854-B3C0-E711671DA95F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6701118" y="11205"/>
-          <a:ext cx="1591235" cy="439550"/>
+          <a:off x="4953458" y="161008"/>
+          <a:ext cx="1676332" cy="427325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>1635213</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>24960</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>1286112</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>220131</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Imagen 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAB3D338-5772-9640-B61A-B0E981987E33}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="23784013" y="211227"/>
+          <a:ext cx="2944432" cy="762437"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{8A0CBB72-17B3-0F48-8E8A-B8B5A3DAFFDD}" name="Prueba1" displayName="Prueba1" ref="B15:AG44" totalsRowShown="0" headerRowDxfId="34" dataDxfId="33" tableBorderDxfId="32">
+  <autoFilter ref="B15:AG44" xr:uid="{8A0CBB72-17B3-0F48-8E8A-B8B5A3DAFFDD}"/>
+  <tableColumns count="32">
+    <tableColumn id="1" xr3:uid="{DC03F6A5-CA04-3046-8E52-1A2B69B09939}" name="Tipo de Informe" dataDxfId="31"/>
+    <tableColumn id="2" xr3:uid="{53809AB3-7D1F-8A4A-993D-33E42B0770F6}" name="Nombre del Informe" dataDxfId="30"/>
+    <tableColumn id="3" xr3:uid="{27780882-878C-7F43-B362-B1803F9CD258}" name="Fecha del informe" dataDxfId="29"/>
+    <tableColumn id="4" xr3:uid="{71FAD1E9-6599-E043-8188-856F655A231B}" name="Unidad Auditable" dataDxfId="28"/>
+    <tableColumn id="5" xr3:uid="{EC143436-A115-FF49-8EE8-24910364C2D7}" name="Proceso auditable" dataDxfId="27"/>
+    <tableColumn id="6" xr3:uid="{AB451641-0EE0-0D4B-AC35-27934FAA8BB0}" name="No." dataDxfId="26"/>
+    <tableColumn id="7" xr3:uid="{2D025542-723A-5E47-882C-3BEE733A4641}" name="Descripción" dataDxfId="25"/>
+    <tableColumn id="8" xr3:uid="{4BEBBF94-D65E-E443-886B-C173FA6716DB}" name="Recomendación del GIT de Control Interno" dataDxfId="24"/>
+    <tableColumn id="9" xr3:uid="{722E0F7D-1238-AC47-B194-305D93C66E1C}" name="Causa" dataDxfId="23"/>
+    <tableColumn id="10" xr3:uid="{1EA807E9-ADA3-B64D-97C4-08B2A3D8BBE6}" name="Descripción de la acción" dataDxfId="22"/>
+    <tableColumn id="11" xr3:uid="{B93474B9-386D-E84A-915C-BD559F02FDEC}" name="Fecha de inicio" dataDxfId="21"/>
+    <tableColumn id="12" xr3:uid="{A6F7BE07-E2AA-7D47-8105-FFF5C0D33FF7}" name="Fecha de terminación" dataDxfId="20"/>
+    <tableColumn id="13" xr3:uid="{825057E2-2D3B-2848-8259-5B9A64B1E281}" name="Responsable del cumplimiento" dataDxfId="19"/>
+    <tableColumn id="14" xr3:uid="{7C1DB786-9948-6B4E-B0EB-131841CC9CF9}" name="Evidencia de cumplimiento" dataDxfId="18"/>
+    <tableColumn id="15" xr3:uid="{14AD6ED2-C993-4944-B86E-23DB6A846E64}" name="Fecha I Seguimiento" dataDxfId="17"/>
+    <tableColumn id="16" xr3:uid="{42BFE723-2C77-6D4E-8860-68D80254B7C3}" name="Monitoreo I seguimiento" dataDxfId="16"/>
+    <tableColumn id="17" xr3:uid="{64AFEB0A-1BFA-CE49-8671-96AFF9061E9F}" name="% de avance I seguimiento" dataDxfId="15"/>
+    <tableColumn id="18" xr3:uid="{1E1EB03E-B507-F04D-B87F-3F1B9DDC30EC}" name="Evidencia I seguimiento" dataDxfId="14"/>
+    <tableColumn id="19" xr3:uid="{958C27CA-6F05-6940-8843-0139637BCC6B}" name="Fecha de I seguimiento GIT Control Interno" dataDxfId="13"/>
+    <tableColumn id="20" xr3:uid="{2801B845-85CA-3B41-B12C-D6795A92AAF6}" name="Tipo de seguimiento" dataDxfId="12"/>
+    <tableColumn id="21" xr3:uid="{66EB3D98-5FA4-F245-9608-E76B18C9956B}" name="Observaciones I seguimiento" dataDxfId="11"/>
+    <tableColumn id="22" xr3:uid="{1B95267E-B313-2D43-B041-D414DE830186}" name="Estado I seguimiento" dataDxfId="10"/>
+    <tableColumn id="23" xr3:uid="{EAFF830A-ACD4-9344-B01B-2E4E4D4BA632}" name="Resultado I seguimiento" dataDxfId="9"/>
+    <tableColumn id="24" xr3:uid="{75592C75-29CA-484B-B000-4A779943AC33}" name="Fecha II Seguimiento" dataDxfId="8"/>
+    <tableColumn id="25" xr3:uid="{53484377-6764-2949-A8B1-90D9A2D7358F}" name="Monitoreo II seguimiento" dataDxfId="7"/>
+    <tableColumn id="26" xr3:uid="{F0506E9D-89E1-EA41-AA12-30B73369CEFB}" name="% de avance II seguimiento" dataDxfId="6"/>
+    <tableColumn id="27" xr3:uid="{094C2A14-6434-834B-989B-6CDD286CD6B3}" name="Evidencia II seguimiento" dataDxfId="5"/>
+    <tableColumn id="28" xr3:uid="{2AE9EB8B-E409-5A41-9689-4BBC5A5AFE8F}" name="Fecha de II seguimiento GIT Control Interno" dataDxfId="4"/>
+    <tableColumn id="29" xr3:uid="{96EFEAEB-D9D6-0F41-8DE5-53BAFBC3E865}" name="Tipo de seguimiento2" dataDxfId="3"/>
+    <tableColumn id="30" xr3:uid="{CAD9F767-B31A-EB43-8969-8E862EE12273}" name="Observaciones II seguimiento" dataDxfId="2"/>
+    <tableColumn id="31" xr3:uid="{8C81B881-4CAF-A245-932B-81CD388D8B07}" name="Estado II seguimiento" dataDxfId="1"/>
+    <tableColumn id="32" xr3:uid="{9B3A0C77-C57B-0D4E-A148-DD737777C507}" name="Resultado II seguimiento" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight15" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2729,1453 +4406,4283 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A3:U34"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A0E955F-8E51-4D36-AECE-935884EDE73D}">
+  <dimension ref="A1:H40"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="D15" sqref="D15"/>
+    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.33203125" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" style="30" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="22" max="16384" width="11.42578125" style="30"/>
+    <col min="1" max="1" width="3.88671875" customWidth="1"/>
+    <col min="2" max="2" width="32.88671875" customWidth="1"/>
+    <col min="3" max="3" width="6.33203125" customWidth="1"/>
+    <col min="4" max="4" width="4.33203125" customWidth="1"/>
+    <col min="5" max="5" width="5.109375" customWidth="1"/>
+    <col min="6" max="6" width="34.6640625" customWidth="1"/>
+    <col min="7" max="7" width="24.88671875" customWidth="1"/>
+    <col min="8" max="8" width="25.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.25"/>
-[...18 lines deleted...]
-      <c r="C5" s="81" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A1" s="114" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1" s="115"/>
+      <c r="C1" s="116"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="2">
         <v>1</v>
       </c>
-      <c r="D5" s="109" t="s">
+      <c r="B2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A3" s="2">
+        <v>2</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A4" s="2">
+        <v>3</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A5" s="2">
+        <v>4</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A6" s="2">
+        <v>5</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A7" s="2">
+        <v>6</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A8" s="2">
+        <v>7</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A9" s="2">
+        <v>8</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A10" s="2">
+        <v>9</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A11" s="2">
+        <v>10</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A12" s="2">
+        <v>11</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A13" s="12"/>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="117" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="117"/>
+      <c r="C14" s="117"/>
+      <c r="D14" s="117"/>
+      <c r="E14" s="117"/>
+      <c r="F14" s="117"/>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="31.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="5">
+        <v>1</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="118" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" s="119"/>
+      <c r="F15" s="120"/>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="35.549999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="5">
+        <v>2</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" s="118" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" s="119"/>
+      <c r="F16" s="120"/>
+      <c r="G16" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="30.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="6">
+        <v>3</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" s="118" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" s="119"/>
+      <c r="F17" s="120"/>
+      <c r="H17" s="13"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B18" s="7"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" s="111" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="112"/>
+      <c r="C19" s="113"/>
+      <c r="E19" s="110" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" s="110"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A20" s="6">
+        <v>1</v>
+      </c>
+      <c r="B20" s="108" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" s="108"/>
+      <c r="E20" s="2">
+        <v>1</v>
+      </c>
+      <c r="F20" s="14" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="6">
+        <v>2</v>
+      </c>
+      <c r="B21" s="108" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" s="108"/>
+      <c r="E21" s="2">
+        <v>2</v>
+      </c>
+      <c r="F21" s="14" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="6">
+        <v>3</v>
+      </c>
+      <c r="B22" s="108" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" s="108"/>
+      <c r="E22" s="15">
+        <v>3</v>
+      </c>
+      <c r="F22" s="16" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="6">
+        <v>4</v>
+      </c>
+      <c r="B23" s="108" t="s">
+        <v>53</v>
+      </c>
+      <c r="C23" s="108"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="6">
+        <v>5</v>
+      </c>
+      <c r="B24" s="108" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="108"/>
+      <c r="E24" s="109" t="s">
+        <v>55</v>
+      </c>
+      <c r="F24" s="109"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A25" s="6">
+        <v>6</v>
+      </c>
+      <c r="B25" s="108" t="s">
+        <v>56</v>
+      </c>
+      <c r="C25" s="108"/>
+      <c r="E25" s="2">
+        <v>1</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="6">
+        <v>7</v>
+      </c>
+      <c r="B26" s="108" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" s="108"/>
+      <c r="E26" s="2">
+        <v>2</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="6">
+        <v>8</v>
+      </c>
+      <c r="B27" s="108" t="s">
+        <v>60</v>
+      </c>
+      <c r="C27" s="108"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="6">
+        <v>9</v>
+      </c>
+      <c r="B28" s="108" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" s="108"/>
+      <c r="E28" s="109" t="s">
+        <v>62</v>
+      </c>
+      <c r="F28" s="109"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="6">
+        <v>10</v>
+      </c>
+      <c r="B29" s="108" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="108"/>
+      <c r="E29" s="6">
+        <v>1</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="30.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="6">
+        <v>11</v>
+      </c>
+      <c r="B30" s="108" t="s">
+        <v>65</v>
+      </c>
+      <c r="C30" s="108"/>
+      <c r="E30" s="6">
+        <v>2</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="6">
+        <v>12</v>
+      </c>
+      <c r="B31" s="108" t="s">
+        <v>67</v>
+      </c>
+      <c r="C31" s="108"/>
+      <c r="E31" s="6">
+        <v>3</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="30.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="6">
+        <v>13</v>
+      </c>
+      <c r="B32" s="108" t="s">
+        <v>69</v>
+      </c>
+      <c r="C32" s="108"/>
+      <c r="E32" s="6">
+        <v>4</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A33" s="6">
+        <v>14</v>
+      </c>
+      <c r="B33" s="108" t="s">
+        <v>71</v>
+      </c>
+      <c r="C33" s="108"/>
+    </row>
+    <row r="34" spans="1:3" ht="30.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="6">
+        <v>15</v>
+      </c>
+      <c r="B34" s="108" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" s="108"/>
+    </row>
+    <row r="35" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="6">
+        <v>16</v>
+      </c>
+      <c r="B35" s="108" t="s">
+        <v>73</v>
+      </c>
+      <c r="C35" s="108"/>
+    </row>
+    <row r="36" spans="1:3" ht="17.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="6">
+        <v>17</v>
+      </c>
+      <c r="B36" s="108" t="s">
+        <v>74</v>
+      </c>
+      <c r="C36" s="108"/>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A37" s="6">
+        <v>18</v>
+      </c>
+      <c r="B37" s="108" t="s">
+        <v>75</v>
+      </c>
+      <c r="C37" s="108"/>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A38" s="6">
+        <v>19</v>
+      </c>
+      <c r="B38" s="108" t="s">
         <v>76</v>
       </c>
-      <c r="E5" s="109"/>
-[...21 lines deleted...]
-      <c r="D6" s="109" t="s">
+      <c r="C38" s="108"/>
+    </row>
+    <row r="39" spans="1:3" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="6">
+        <v>20</v>
+      </c>
+      <c r="B39" s="108" t="s">
         <v>77</v>
       </c>
-      <c r="E6" s="109"/>
-[...464 lines deleted...]
-    </row>
+      <c r="C39" s="108"/>
+    </row>
+    <row r="40" spans="1:3" ht="30.75" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <protectedRanges>
-[...35 lines deleted...]
-    <mergeCell ref="E15:F15"/>
+  <mergeCells count="29">
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="A14:F14"/>
+    <mergeCell ref="D16:F16"/>
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="D17:F17"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="A19:C19"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="B24:C24"/>
   </mergeCells>
-  <conditionalFormatting sqref="I15:I16 L14">
-[...300 lines deleted...]
-  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
-[...1 lines deleted...]
-  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A3:I40"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8BD3B81E-52DD-4DCE-A478-873A27BA95E5}">
+  <sheetPr>
+    <tabColor rgb="FFE7F4D8"/>
+  </sheetPr>
+  <dimension ref="B2:O117"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
-      <selection activeCell="F14" sqref="F14"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.33203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" style="7" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="11.42578125" style="7"/>
+    <col min="1" max="1" width="4" style="11" customWidth="1"/>
+    <col min="2" max="2" width="6.88671875" style="11" customWidth="1"/>
+    <col min="3" max="3" width="32.33203125" style="11" customWidth="1"/>
+    <col min="4" max="4" width="8.33203125" style="11" customWidth="1"/>
+    <col min="5" max="5" width="6.109375" style="11" customWidth="1"/>
+    <col min="6" max="6" width="27.33203125" style="11" customWidth="1"/>
+    <col min="7" max="7" width="6.6640625" style="11" customWidth="1"/>
+    <col min="8" max="8" width="7.33203125" style="11" customWidth="1"/>
+    <col min="9" max="9" width="6.33203125" style="11" customWidth="1"/>
+    <col min="10" max="10" width="1.6640625" style="11" customWidth="1"/>
+    <col min="11" max="12" width="6.109375" style="11" customWidth="1"/>
+    <col min="13" max="13" width="19.33203125" style="11" customWidth="1"/>
+    <col min="14" max="14" width="22.33203125" style="11" customWidth="1"/>
+    <col min="15" max="15" width="6.88671875" style="11" customWidth="1"/>
+    <col min="16" max="16384" width="11.33203125" style="11"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B3" s="110" t="s">
+    <row r="2" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="I2" s="33"/>
+      <c r="J2" s="33"/>
+      <c r="K2" s="33"/>
+      <c r="L2" s="33"/>
+    </row>
+    <row r="3" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="I3" s="33"/>
+      <c r="J3" s="33"/>
+      <c r="K3" s="33"/>
+      <c r="L3" s="33"/>
+    </row>
+    <row r="4" spans="2:15" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="I4" s="33"/>
+      <c r="J4" s="33"/>
+      <c r="K4" s="33"/>
+      <c r="L4" s="33"/>
+    </row>
+    <row r="5" spans="2:15" ht="13.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="143" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="144"/>
+      <c r="D5" s="144"/>
+      <c r="E5" s="144"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="144"/>
+      <c r="H5" s="144"/>
+      <c r="I5" s="144"/>
+      <c r="J5" s="144"/>
+      <c r="K5" s="144"/>
+      <c r="L5" s="144"/>
+      <c r="M5" s="144"/>
+      <c r="N5" s="144"/>
+      <c r="O5" s="145"/>
+    </row>
+    <row r="6" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="146" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="147"/>
+      <c r="D6" s="147" t="s">
+        <v>2</v>
+      </c>
+      <c r="E6" s="147"/>
+      <c r="F6" s="147"/>
+      <c r="G6" s="147"/>
+      <c r="H6" s="147"/>
+      <c r="I6" s="147"/>
+      <c r="J6" s="147"/>
+      <c r="K6" s="147"/>
+      <c r="L6" s="147"/>
+      <c r="M6" s="147"/>
+      <c r="N6" s="147"/>
+      <c r="O6" s="148"/>
+    </row>
+    <row r="7" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="146" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="147"/>
+      <c r="D7" s="147" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="147"/>
+      <c r="F7" s="147"/>
+      <c r="G7" s="147"/>
+      <c r="H7" s="147"/>
+      <c r="I7" s="147"/>
+      <c r="J7" s="147"/>
+      <c r="K7" s="147"/>
+      <c r="L7" s="147"/>
+      <c r="M7" s="147"/>
+      <c r="N7" s="147"/>
+      <c r="O7" s="148"/>
+    </row>
+    <row r="8" spans="2:15" ht="30.3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="146" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="147"/>
+      <c r="D8" s="149" t="s">
+        <v>6</v>
+      </c>
+      <c r="E8" s="149"/>
+      <c r="F8" s="149"/>
+      <c r="G8" s="149"/>
+      <c r="H8" s="149"/>
+      <c r="I8" s="147" t="s">
+        <v>7</v>
+      </c>
+      <c r="J8" s="147"/>
+      <c r="K8" s="147"/>
+      <c r="L8" s="147"/>
+      <c r="M8" s="147"/>
+      <c r="N8" s="147" t="s">
+        <v>8</v>
+      </c>
+      <c r="O8" s="148"/>
+    </row>
+    <row r="9" spans="2:15" s="52" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="176">
+        <v>46091</v>
+      </c>
+      <c r="C9" s="177"/>
+      <c r="D9" s="172" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="172"/>
+      <c r="F9" s="172"/>
+      <c r="G9" s="172"/>
+      <c r="H9" s="172"/>
+      <c r="I9" s="173" t="s">
+        <v>89</v>
+      </c>
+      <c r="J9" s="173"/>
+      <c r="K9" s="173"/>
+      <c r="L9" s="173"/>
+      <c r="M9" s="173"/>
+      <c r="N9" s="174" t="s">
+        <v>176</v>
+      </c>
+      <c r="O9" s="175"/>
+    </row>
+    <row r="10" spans="2:15" ht="14.4" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="11" spans="2:15" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="34"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="35"/>
+      <c r="E11" s="35"/>
+      <c r="F11" s="35"/>
+      <c r="G11" s="35"/>
+      <c r="H11" s="35"/>
+      <c r="I11" s="35"/>
+      <c r="J11" s="35"/>
+      <c r="K11" s="35"/>
+      <c r="L11" s="35"/>
+      <c r="M11" s="35"/>
+      <c r="N11" s="35"/>
+      <c r="O11" s="36"/>
+    </row>
+    <row r="12" spans="2:15" ht="16.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="37"/>
+      <c r="C12" s="155" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="156"/>
+      <c r="E12" s="156"/>
+      <c r="F12" s="156"/>
+      <c r="G12" s="156"/>
+      <c r="H12" s="156"/>
+      <c r="I12" s="156"/>
+      <c r="J12" s="156"/>
+      <c r="K12" s="156"/>
+      <c r="L12" s="156"/>
+      <c r="M12" s="156"/>
+      <c r="N12" s="157"/>
+      <c r="O12" s="38"/>
+    </row>
+    <row r="13" spans="2:15" ht="16.2" x14ac:dyDescent="0.25">
+      <c r="B13" s="37"/>
+      <c r="C13" s="39"/>
+      <c r="D13" s="40"/>
+      <c r="E13" s="40"/>
+      <c r="F13" s="40"/>
+      <c r="G13" s="40"/>
+      <c r="H13" s="40"/>
+      <c r="I13" s="40"/>
+      <c r="J13" s="40"/>
+      <c r="K13" s="40"/>
+      <c r="L13" s="40"/>
+      <c r="M13" s="40"/>
+      <c r="N13" s="40"/>
+      <c r="O13" s="38"/>
+    </row>
+    <row r="14" spans="2:15" ht="30.3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="37"/>
+      <c r="C14" s="158" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" s="158"/>
+      <c r="E14" s="158"/>
+      <c r="F14" s="158"/>
+      <c r="G14" s="158"/>
+      <c r="H14" s="158"/>
+      <c r="I14" s="158"/>
+      <c r="J14" s="158"/>
+      <c r="K14" s="158"/>
+      <c r="L14" s="158"/>
+      <c r="M14" s="158"/>
+      <c r="N14" s="158"/>
+      <c r="O14" s="38"/>
+    </row>
+    <row r="15" spans="2:15" ht="16.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="37"/>
+      <c r="C15" s="41"/>
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="41"/>
+      <c r="H15" s="41"/>
+      <c r="I15" s="41"/>
+      <c r="J15" s="41"/>
+      <c r="K15" s="41"/>
+      <c r="L15" s="41"/>
+      <c r="M15" s="41"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="38"/>
+    </row>
+    <row r="16" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B16" s="37"/>
+      <c r="C16" s="42" t="s">
+        <v>105</v>
+      </c>
+      <c r="D16" s="43"/>
+      <c r="E16" s="43"/>
+      <c r="F16" s="43"/>
+      <c r="G16" s="43"/>
+      <c r="H16" s="43"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="43"/>
+      <c r="K16" s="43"/>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="38"/>
+    </row>
+    <row r="17" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B17" s="37"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="43"/>
+      <c r="F17" s="43"/>
+      <c r="G17" s="43"/>
+      <c r="H17" s="43"/>
+      <c r="I17" s="43"/>
+      <c r="J17" s="43"/>
+      <c r="K17" s="43"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="43"/>
+      <c r="N17" s="43"/>
+      <c r="O17" s="38"/>
+    </row>
+    <row r="18" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B18" s="37"/>
+      <c r="C18" s="44" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" s="43"/>
+      <c r="E18" s="43"/>
+      <c r="F18" s="43"/>
+      <c r="G18" s="43"/>
+      <c r="H18" s="43"/>
+      <c r="I18" s="43"/>
+      <c r="J18" s="43"/>
+      <c r="K18" s="43"/>
+      <c r="L18" s="43"/>
+      <c r="M18" s="43"/>
+      <c r="N18" s="43"/>
+      <c r="O18" s="38"/>
+    </row>
+    <row r="19" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B19" s="37"/>
+      <c r="D19" s="43"/>
+      <c r="E19" s="43"/>
+      <c r="F19" s="43"/>
+      <c r="G19" s="43"/>
+      <c r="H19" s="43"/>
+      <c r="I19" s="43"/>
+      <c r="J19" s="43"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="43"/>
+      <c r="M19" s="43"/>
+      <c r="N19" s="43"/>
+      <c r="O19" s="38"/>
+    </row>
+    <row r="20" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B20" s="37"/>
+      <c r="C20" s="44" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" s="43"/>
+      <c r="E20" s="43"/>
+      <c r="F20" s="43"/>
+      <c r="G20" s="43"/>
+      <c r="H20" s="43"/>
+      <c r="I20" s="43"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="43"/>
+      <c r="L20" s="43"/>
+      <c r="M20" s="43"/>
+      <c r="N20" s="43"/>
+      <c r="O20" s="38"/>
+    </row>
+    <row r="21" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B21" s="37"/>
+      <c r="D21" s="43"/>
+      <c r="E21" s="43"/>
+      <c r="F21" s="43"/>
+      <c r="G21" s="43"/>
+      <c r="H21" s="43"/>
+      <c r="I21" s="43"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="43"/>
+      <c r="L21" s="43"/>
+      <c r="M21" s="43"/>
+      <c r="N21" s="43"/>
+      <c r="O21" s="38"/>
+    </row>
+    <row r="22" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B22" s="37"/>
+      <c r="C22" s="42" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" s="43"/>
+      <c r="E22" s="43"/>
+      <c r="F22" s="43"/>
+      <c r="G22" s="43"/>
+      <c r="H22" s="43"/>
+      <c r="I22" s="43"/>
+      <c r="J22" s="43"/>
+      <c r="K22" s="43"/>
+      <c r="L22" s="43"/>
+      <c r="M22" s="43"/>
+      <c r="N22" s="43"/>
+      <c r="O22" s="38"/>
+    </row>
+    <row r="23" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B23" s="37"/>
+      <c r="C23" s="43"/>
+      <c r="D23" s="43"/>
+      <c r="E23" s="43"/>
+      <c r="F23" s="43"/>
+      <c r="G23" s="43"/>
+      <c r="H23" s="43"/>
+      <c r="I23" s="43"/>
+      <c r="J23" s="43"/>
+      <c r="K23" s="43"/>
+      <c r="L23" s="43"/>
+      <c r="M23" s="43"/>
+      <c r="N23" s="43"/>
+      <c r="O23" s="38"/>
+    </row>
+    <row r="24" spans="2:15" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="B24" s="37"/>
+      <c r="C24" s="45" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="46"/>
+      <c r="I24" s="46"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+      <c r="L24" s="46"/>
+      <c r="M24" s="46"/>
+      <c r="N24" s="46"/>
+      <c r="O24" s="38"/>
+    </row>
+    <row r="25" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B25" s="37"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="46"/>
+      <c r="I25" s="46"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+      <c r="L25" s="46"/>
+      <c r="M25" s="46"/>
+      <c r="N25" s="46"/>
+      <c r="O25" s="38"/>
+    </row>
+    <row r="26" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B26" s="37"/>
+      <c r="C26" s="44" t="s">
+        <v>140</v>
+      </c>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="46"/>
+      <c r="I26" s="46"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+      <c r="L26" s="46"/>
+      <c r="M26" s="46"/>
+      <c r="N26" s="46"/>
+      <c r="O26" s="38"/>
+    </row>
+    <row r="27" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B27" s="37"/>
+      <c r="C27" s="44" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="46"/>
+      <c r="I27" s="46"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+      <c r="L27" s="46"/>
+      <c r="M27" s="46"/>
+      <c r="N27" s="46"/>
+      <c r="O27" s="38"/>
+    </row>
+    <row r="28" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B28" s="37"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="46"/>
+      <c r="I28" s="46"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+      <c r="L28" s="46"/>
+      <c r="M28" s="46"/>
+      <c r="N28" s="46"/>
+      <c r="O28" s="38"/>
+    </row>
+    <row r="29" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B29" s="37"/>
+      <c r="C29" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="46"/>
+      <c r="I29" s="46"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+      <c r="L29" s="46"/>
+      <c r="M29" s="46"/>
+      <c r="N29" s="46"/>
+      <c r="O29" s="38"/>
+    </row>
+    <row r="30" spans="2:15" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="37"/>
+      <c r="C30" s="123" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" s="123"/>
+      <c r="E30" s="123"/>
+      <c r="F30" s="123"/>
+      <c r="G30" s="123"/>
+      <c r="H30" s="123"/>
+      <c r="I30" s="123"/>
+      <c r="J30" s="123"/>
+      <c r="K30" s="123"/>
+      <c r="L30" s="123"/>
+      <c r="M30" s="123"/>
+      <c r="N30" s="123"/>
+      <c r="O30" s="38"/>
+    </row>
+    <row r="31" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B31" s="37"/>
+      <c r="C31" s="48"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="46"/>
+      <c r="I31" s="46"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+      <c r="L31" s="46"/>
+      <c r="M31" s="46"/>
+      <c r="N31" s="46"/>
+      <c r="O31" s="38"/>
+    </row>
+    <row r="32" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B32" s="37"/>
+      <c r="C32" s="125" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" s="125"/>
+      <c r="E32" s="125"/>
+      <c r="F32" s="125"/>
+      <c r="G32" s="125"/>
+      <c r="H32" s="125"/>
+      <c r="I32" s="125"/>
+      <c r="J32" s="43"/>
+      <c r="K32" s="43"/>
+      <c r="L32" s="43"/>
+      <c r="M32" s="43"/>
+      <c r="N32" s="43"/>
+      <c r="O32" s="38"/>
+    </row>
+    <row r="33" spans="2:15" ht="13.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="37"/>
+      <c r="C33" s="126" t="s">
+        <v>96</v>
+      </c>
+      <c r="D33" s="126"/>
+      <c r="E33" s="49" t="s">
+        <v>95</v>
+      </c>
+      <c r="F33" s="127" t="s">
+        <v>87</v>
+      </c>
+      <c r="G33" s="128"/>
+      <c r="H33" s="128"/>
+      <c r="I33" s="129"/>
+      <c r="J33" s="43"/>
+      <c r="K33" s="43"/>
+      <c r="L33" s="43"/>
+      <c r="M33" s="43"/>
+      <c r="N33" s="43"/>
+      <c r="O33" s="38"/>
+    </row>
+    <row r="34" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B34" s="37"/>
+      <c r="C34" s="130" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="131"/>
+      <c r="E34" s="134" t="s">
         <v>36</v>
       </c>
-      <c r="C3" s="110"/>
-[...6 lines deleted...]
-      <c r="B4" s="110" t="s">
+      <c r="F34" s="136" t="s">
         <v>37</v>
       </c>
-      <c r="C4" s="110"/>
-[...14 lines deleted...]
-      <c r="B6" s="111" t="s">
+      <c r="G34" s="137"/>
+      <c r="H34" s="137"/>
+      <c r="I34" s="138"/>
+      <c r="J34" s="43"/>
+      <c r="K34" s="43"/>
+      <c r="L34" s="43"/>
+      <c r="M34" s="43"/>
+      <c r="N34" s="43"/>
+      <c r="O34" s="38"/>
+    </row>
+    <row r="35" spans="2:15" ht="13.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="37"/>
+      <c r="C35" s="132"/>
+      <c r="D35" s="133"/>
+      <c r="E35" s="135"/>
+      <c r="F35" s="139"/>
+      <c r="G35" s="140"/>
+      <c r="H35" s="140"/>
+      <c r="I35" s="141"/>
+      <c r="J35" s="43"/>
+      <c r="K35" s="43"/>
+      <c r="L35" s="43"/>
+      <c r="M35" s="43"/>
+      <c r="N35" s="43"/>
+      <c r="O35" s="38"/>
+    </row>
+    <row r="36" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B36" s="37"/>
+      <c r="C36" s="130" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="114" t="s">
+      <c r="D36" s="131"/>
+      <c r="E36" s="134" t="s">
+        <v>39</v>
+      </c>
+      <c r="F36" s="136" t="s">
+        <v>40</v>
+      </c>
+      <c r="G36" s="137"/>
+      <c r="H36" s="137"/>
+      <c r="I36" s="138"/>
+      <c r="J36" s="43"/>
+      <c r="K36" s="43"/>
+      <c r="L36" s="43"/>
+      <c r="M36" s="43"/>
+      <c r="N36" s="43"/>
+      <c r="O36" s="38"/>
+    </row>
+    <row r="37" spans="2:15" ht="13.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="37"/>
+      <c r="C37" s="132"/>
+      <c r="D37" s="133"/>
+      <c r="E37" s="135"/>
+      <c r="F37" s="139"/>
+      <c r="G37" s="140"/>
+      <c r="H37" s="140"/>
+      <c r="I37" s="141"/>
+      <c r="J37" s="43"/>
+      <c r="K37" s="43"/>
+      <c r="L37" s="43"/>
+      <c r="M37" s="43"/>
+      <c r="N37" s="43"/>
+      <c r="O37" s="38"/>
+    </row>
+    <row r="38" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B38" s="37"/>
+      <c r="C38" s="130" t="s">
+        <v>168</v>
+      </c>
+      <c r="D38" s="131"/>
+      <c r="E38" s="161" t="s">
+        <v>43</v>
+      </c>
+      <c r="F38" s="136" t="s">
+        <v>169</v>
+      </c>
+      <c r="G38" s="137"/>
+      <c r="H38" s="137"/>
+      <c r="I38" s="138"/>
+      <c r="J38" s="43"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="43"/>
+      <c r="M38" s="43"/>
+      <c r="N38" s="43"/>
+      <c r="O38" s="38"/>
+    </row>
+    <row r="39" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B39" s="37"/>
+      <c r="C39" s="159"/>
+      <c r="D39" s="160"/>
+      <c r="E39" s="162"/>
+      <c r="F39" s="164"/>
+      <c r="G39" s="165"/>
+      <c r="H39" s="165"/>
+      <c r="I39" s="166"/>
+      <c r="J39" s="43"/>
+      <c r="K39" s="43"/>
+      <c r="L39" s="43"/>
+      <c r="M39" s="43"/>
+      <c r="N39" s="43"/>
+      <c r="O39" s="38"/>
+    </row>
+    <row r="40" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B40" s="37"/>
+      <c r="C40" s="159"/>
+      <c r="D40" s="160"/>
+      <c r="E40" s="162"/>
+      <c r="F40" s="164"/>
+      <c r="G40" s="165"/>
+      <c r="H40" s="165"/>
+      <c r="I40" s="166"/>
+      <c r="J40" s="43"/>
+      <c r="K40" s="43"/>
+      <c r="L40" s="43"/>
+      <c r="M40" s="43"/>
+      <c r="N40" s="43"/>
+      <c r="O40" s="38"/>
+    </row>
+    <row r="41" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B41" s="37"/>
+      <c r="C41" s="132"/>
+      <c r="D41" s="133"/>
+      <c r="E41" s="163"/>
+      <c r="F41" s="139"/>
+      <c r="G41" s="140"/>
+      <c r="H41" s="140"/>
+      <c r="I41" s="141"/>
+      <c r="J41" s="43"/>
+      <c r="K41" s="43"/>
+      <c r="L41" s="43"/>
+      <c r="M41" s="43"/>
+      <c r="N41" s="43"/>
+      <c r="O41" s="38"/>
+    </row>
+    <row r="42" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B42" s="37"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="46"/>
+      <c r="I42" s="46"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+      <c r="L42" s="46"/>
+      <c r="M42" s="46"/>
+      <c r="N42" s="46"/>
+      <c r="O42" s="38"/>
+    </row>
+    <row r="43" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B43" s="37"/>
+      <c r="C43" s="124" t="s">
+        <v>115</v>
+      </c>
+      <c r="D43" s="124"/>
+      <c r="E43" s="124"/>
+      <c r="F43" s="124"/>
+      <c r="G43" s="124"/>
+      <c r="H43" s="124"/>
+      <c r="I43" s="124"/>
+      <c r="J43" s="124"/>
+      <c r="K43" s="124"/>
+      <c r="L43" s="124"/>
+      <c r="M43" s="124"/>
+      <c r="N43" s="124"/>
+      <c r="O43" s="38"/>
+    </row>
+    <row r="44" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B44" s="37"/>
+      <c r="C44" s="124" t="s">
+        <v>116</v>
+      </c>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
+      <c r="F44" s="124"/>
+      <c r="G44" s="124"/>
+      <c r="H44" s="124"/>
+      <c r="I44" s="124"/>
+      <c r="J44" s="124"/>
+      <c r="K44" s="124"/>
+      <c r="L44" s="124"/>
+      <c r="M44" s="124"/>
+      <c r="N44" s="124"/>
+      <c r="O44" s="38"/>
+    </row>
+    <row r="45" spans="2:15" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="37"/>
+      <c r="C45" s="123" t="s">
+        <v>117</v>
+      </c>
+      <c r="D45" s="123"/>
+      <c r="E45" s="123"/>
+      <c r="F45" s="123"/>
+      <c r="G45" s="123"/>
+      <c r="H45" s="123"/>
+      <c r="I45" s="123"/>
+      <c r="J45" s="123"/>
+      <c r="K45" s="123"/>
+      <c r="L45" s="123"/>
+      <c r="M45" s="123"/>
+      <c r="N45" s="123"/>
+      <c r="O45" s="38"/>
+    </row>
+    <row r="46" spans="2:15" ht="28.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="37"/>
+      <c r="C46" s="121" t="s">
+        <v>113</v>
+      </c>
+      <c r="D46" s="121"/>
+      <c r="E46" s="121"/>
+      <c r="F46" s="121"/>
+      <c r="G46" s="121"/>
+      <c r="H46" s="121"/>
+      <c r="I46" s="121"/>
+      <c r="J46" s="121"/>
+      <c r="K46" s="121"/>
+      <c r="L46" s="121"/>
+      <c r="M46" s="121"/>
+      <c r="N46" s="121"/>
+      <c r="O46" s="38"/>
+    </row>
+    <row r="47" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B47" s="37"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="46"/>
+      <c r="I47" s="46"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+      <c r="L47" s="46"/>
+      <c r="M47" s="46"/>
+      <c r="N47" s="46"/>
+      <c r="O47" s="38"/>
+    </row>
+    <row r="48" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B48" s="37"/>
+      <c r="C48" s="167" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" s="167"/>
+      <c r="E48" s="43"/>
+      <c r="F48" s="122"/>
+      <c r="G48" s="122"/>
+      <c r="H48" s="122"/>
+      <c r="I48" s="46"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+      <c r="L48" s="46"/>
+      <c r="M48" s="46"/>
+      <c r="N48" s="46"/>
+      <c r="O48" s="38"/>
+    </row>
+    <row r="49" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B49" s="37"/>
+      <c r="C49" s="49" t="s">
+        <v>94</v>
+      </c>
+      <c r="D49" s="49" t="s">
+        <v>95</v>
+      </c>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="46"/>
+      <c r="I49" s="46"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+      <c r="L49" s="46"/>
+      <c r="M49" s="46"/>
+      <c r="N49" s="46"/>
+      <c r="O49" s="38"/>
+    </row>
+    <row r="50" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B50" s="37"/>
+      <c r="C50" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="52"/>
+      <c r="F50" s="52"/>
+      <c r="G50" s="52"/>
+      <c r="H50" s="52"/>
+      <c r="I50" s="46"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+      <c r="L50" s="46"/>
+      <c r="M50" s="46"/>
+      <c r="N50" s="46"/>
+      <c r="O50" s="38"/>
+    </row>
+    <row r="51" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B51" s="37"/>
+      <c r="C51" s="51" t="s">
+        <v>14</v>
+      </c>
+      <c r="D51" s="51" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="52"/>
+      <c r="F51" s="52"/>
+      <c r="G51" s="52"/>
+      <c r="H51" s="52"/>
+      <c r="I51" s="46"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+      <c r="L51" s="46"/>
+      <c r="M51" s="46"/>
+      <c r="N51" s="46"/>
+      <c r="O51" s="38"/>
+    </row>
+    <row r="52" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B52" s="37"/>
+      <c r="C52" s="51" t="s">
+        <v>16</v>
+      </c>
+      <c r="D52" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="E52" s="52"/>
+      <c r="F52" s="52"/>
+      <c r="G52" s="52"/>
+      <c r="H52" s="52"/>
+      <c r="I52" s="46"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+      <c r="L52" s="46"/>
+      <c r="M52" s="46"/>
+      <c r="N52" s="46"/>
+      <c r="O52" s="38"/>
+    </row>
+    <row r="53" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B53" s="37"/>
+      <c r="C53" s="51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" s="51" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" s="52"/>
+      <c r="F53" s="52"/>
+      <c r="G53" s="52"/>
+      <c r="H53" s="52"/>
+      <c r="I53" s="46"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+      <c r="L53" s="46"/>
+      <c r="M53" s="46"/>
+      <c r="N53" s="46"/>
+      <c r="O53" s="38"/>
+    </row>
+    <row r="54" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B54" s="37"/>
+      <c r="C54" s="51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" s="51" t="s">
+        <v>21</v>
+      </c>
+      <c r="E54" s="52"/>
+      <c r="F54" s="52"/>
+      <c r="G54" s="52"/>
+      <c r="H54" s="52"/>
+      <c r="I54" s="46"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+      <c r="L54" s="46"/>
+      <c r="M54" s="46"/>
+      <c r="N54" s="46"/>
+      <c r="O54" s="38"/>
+    </row>
+    <row r="55" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B55" s="37"/>
+      <c r="C55" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="D55" s="51" t="s">
+        <v>23</v>
+      </c>
+      <c r="E55" s="52"/>
+      <c r="F55" s="52"/>
+      <c r="G55" s="52"/>
+      <c r="H55" s="52"/>
+      <c r="I55" s="46"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+      <c r="L55" s="46"/>
+      <c r="M55" s="46"/>
+      <c r="N55" s="46"/>
+      <c r="O55" s="38"/>
+    </row>
+    <row r="56" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B56" s="37"/>
+      <c r="C56" s="51" t="s">
+        <v>24</v>
+      </c>
+      <c r="D56" s="51" t="s">
+        <v>25</v>
+      </c>
+      <c r="E56" s="52"/>
+      <c r="F56" s="52"/>
+      <c r="G56" s="52"/>
+      <c r="H56" s="52"/>
+      <c r="I56" s="46"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+      <c r="L56" s="46"/>
+      <c r="M56" s="46"/>
+      <c r="N56" s="46"/>
+      <c r="O56" s="38"/>
+    </row>
+    <row r="57" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B57" s="37"/>
+      <c r="C57" s="51" t="s">
+        <v>26</v>
+      </c>
+      <c r="D57" s="51" t="s">
+        <v>27</v>
+      </c>
+      <c r="E57" s="52"/>
+      <c r="F57" s="52"/>
+      <c r="G57" s="52"/>
+      <c r="H57" s="52"/>
+      <c r="I57" s="46"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+      <c r="L57" s="46"/>
+      <c r="M57" s="46"/>
+      <c r="N57" s="46"/>
+      <c r="O57" s="38"/>
+    </row>
+    <row r="58" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B58" s="37"/>
+      <c r="C58" s="51" t="s">
+        <v>28</v>
+      </c>
+      <c r="D58" s="51" t="s">
+        <v>29</v>
+      </c>
+      <c r="E58" s="52"/>
+      <c r="F58" s="52"/>
+      <c r="G58" s="52"/>
+      <c r="H58" s="52"/>
+      <c r="I58" s="46"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+      <c r="L58" s="46"/>
+      <c r="M58" s="46"/>
+      <c r="N58" s="46"/>
+      <c r="O58" s="38"/>
+    </row>
+    <row r="59" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B59" s="37"/>
+      <c r="C59" s="51" t="s">
+        <v>30</v>
+      </c>
+      <c r="D59" s="51" t="s">
+        <v>31</v>
+      </c>
+      <c r="E59" s="52"/>
+      <c r="F59" s="52"/>
+      <c r="G59" s="52"/>
+      <c r="H59" s="52"/>
+      <c r="I59" s="46"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+      <c r="L59" s="46"/>
+      <c r="M59" s="46"/>
+      <c r="N59" s="46"/>
+      <c r="O59" s="38"/>
+    </row>
+    <row r="60" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B60" s="37"/>
+      <c r="C60" s="51" t="s">
+        <v>32</v>
+      </c>
+      <c r="D60" s="51" t="s">
+        <v>33</v>
+      </c>
+      <c r="E60" s="52"/>
+      <c r="F60" s="52"/>
+      <c r="G60" s="52"/>
+      <c r="H60" s="52"/>
+      <c r="I60" s="46"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+      <c r="L60" s="46"/>
+      <c r="M60" s="46"/>
+      <c r="N60" s="46"/>
+      <c r="O60" s="38"/>
+    </row>
+    <row r="61" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B61" s="37"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="46"/>
+      <c r="I61" s="46"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+      <c r="L61" s="46"/>
+      <c r="M61" s="46"/>
+      <c r="N61" s="46"/>
+      <c r="O61" s="38"/>
+    </row>
+    <row r="62" spans="2:15" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="B62" s="37"/>
+      <c r="C62" s="45" t="s">
+        <v>118</v>
+      </c>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="46"/>
+      <c r="I62" s="46"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+      <c r="L62" s="46"/>
+      <c r="M62" s="46"/>
+      <c r="N62" s="46"/>
+      <c r="O62" s="38"/>
+    </row>
+    <row r="63" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B63" s="37"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="46"/>
+      <c r="I63" s="46"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+      <c r="L63" s="46"/>
+      <c r="M63" s="46"/>
+      <c r="N63" s="46"/>
+      <c r="O63" s="38"/>
+    </row>
+    <row r="64" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B64" s="37"/>
+      <c r="C64" s="44" t="s">
+        <v>141</v>
+      </c>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="46"/>
+      <c r="I64" s="46"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+      <c r="L64" s="46"/>
+      <c r="M64" s="46"/>
+      <c r="N64" s="46"/>
+      <c r="O64" s="38"/>
+    </row>
+    <row r="65" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B65" s="37"/>
+      <c r="C65" s="44" t="s">
+        <v>119</v>
+      </c>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="46"/>
+      <c r="I65" s="46"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+      <c r="L65" s="46"/>
+      <c r="M65" s="46"/>
+      <c r="N65" s="46"/>
+      <c r="O65" s="38"/>
+    </row>
+    <row r="66" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B66" s="37"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="46"/>
+      <c r="I66" s="46"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+      <c r="L66" s="46"/>
+      <c r="M66" s="46"/>
+      <c r="N66" s="46"/>
+      <c r="O66" s="38"/>
+    </row>
+    <row r="67" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B67" s="37"/>
+      <c r="C67" s="53" t="s">
+        <v>120</v>
+      </c>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="46"/>
+      <c r="I67" s="46"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+      <c r="L67" s="46"/>
+      <c r="M67" s="46"/>
+      <c r="N67" s="46"/>
+      <c r="O67" s="38"/>
+    </row>
+    <row r="68" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B68" s="37"/>
+      <c r="C68" s="121" t="s">
+        <v>121</v>
+      </c>
+      <c r="D68" s="121"/>
+      <c r="E68" s="121"/>
+      <c r="F68" s="121"/>
+      <c r="G68" s="121"/>
+      <c r="H68" s="121"/>
+      <c r="I68" s="121"/>
+      <c r="J68" s="121"/>
+      <c r="K68" s="121"/>
+      <c r="L68" s="121"/>
+      <c r="M68" s="121"/>
+      <c r="N68" s="121"/>
+      <c r="O68" s="38"/>
+    </row>
+    <row r="69" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B69" s="37"/>
+      <c r="C69" s="121" t="s">
+        <v>123</v>
+      </c>
+      <c r="D69" s="121"/>
+      <c r="E69" s="121"/>
+      <c r="F69" s="121"/>
+      <c r="G69" s="121"/>
+      <c r="H69" s="121"/>
+      <c r="I69" s="121"/>
+      <c r="J69" s="121"/>
+      <c r="K69" s="121"/>
+      <c r="L69" s="121"/>
+      <c r="M69" s="121"/>
+      <c r="N69" s="121"/>
+      <c r="O69" s="38"/>
+    </row>
+    <row r="70" spans="2:15" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="37"/>
+      <c r="C70" s="121" t="s">
+        <v>122</v>
+      </c>
+      <c r="D70" s="121"/>
+      <c r="E70" s="121"/>
+      <c r="F70" s="121"/>
+      <c r="G70" s="121"/>
+      <c r="H70" s="121"/>
+      <c r="I70" s="121"/>
+      <c r="J70" s="121"/>
+      <c r="K70" s="121"/>
+      <c r="L70" s="121"/>
+      <c r="M70" s="121"/>
+      <c r="N70" s="121"/>
+      <c r="O70" s="38"/>
+    </row>
+    <row r="71" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B71" s="37"/>
+      <c r="C71" s="121" t="s">
+        <v>174</v>
+      </c>
+      <c r="D71" s="121"/>
+      <c r="E71" s="121"/>
+      <c r="F71" s="121"/>
+      <c r="G71" s="121"/>
+      <c r="H71" s="121"/>
+      <c r="I71" s="121"/>
+      <c r="J71" s="121"/>
+      <c r="K71" s="121"/>
+      <c r="L71" s="121"/>
+      <c r="M71" s="121"/>
+      <c r="N71" s="121"/>
+      <c r="O71" s="38"/>
+    </row>
+    <row r="72" spans="2:15" ht="28.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="37"/>
+      <c r="C72" s="121" t="s">
+        <v>124</v>
+      </c>
+      <c r="D72" s="121"/>
+      <c r="E72" s="121"/>
+      <c r="F72" s="121"/>
+      <c r="G72" s="121"/>
+      <c r="H72" s="121"/>
+      <c r="I72" s="121"/>
+      <c r="J72" s="121"/>
+      <c r="K72" s="121"/>
+      <c r="L72" s="121"/>
+      <c r="M72" s="121"/>
+      <c r="N72" s="121"/>
+      <c r="O72" s="38"/>
+    </row>
+    <row r="73" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B73" s="37"/>
+      <c r="C73" s="121" t="s">
+        <v>125</v>
+      </c>
+      <c r="D73" s="121"/>
+      <c r="E73" s="121"/>
+      <c r="F73" s="121"/>
+      <c r="G73" s="121"/>
+      <c r="H73" s="121"/>
+      <c r="I73" s="121"/>
+      <c r="J73" s="121"/>
+      <c r="K73" s="121"/>
+      <c r="L73" s="121"/>
+      <c r="M73" s="121"/>
+      <c r="N73" s="121"/>
+      <c r="O73" s="38"/>
+    </row>
+    <row r="74" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B74" s="37"/>
+      <c r="C74" s="121" t="s">
+        <v>126</v>
+      </c>
+      <c r="D74" s="121"/>
+      <c r="E74" s="121"/>
+      <c r="F74" s="121"/>
+      <c r="G74" s="121"/>
+      <c r="H74" s="121"/>
+      <c r="I74" s="121"/>
+      <c r="J74" s="121"/>
+      <c r="K74" s="121"/>
+      <c r="L74" s="121"/>
+      <c r="M74" s="121"/>
+      <c r="N74" s="121"/>
+      <c r="O74" s="38"/>
+    </row>
+    <row r="75" spans="2:15" ht="28.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="37"/>
+      <c r="C75" s="121" t="s">
+        <v>128</v>
+      </c>
+      <c r="D75" s="121"/>
+      <c r="E75" s="121"/>
+      <c r="F75" s="121"/>
+      <c r="G75" s="121"/>
+      <c r="H75" s="121"/>
+      <c r="I75" s="121"/>
+      <c r="J75" s="121"/>
+      <c r="K75" s="121"/>
+      <c r="L75" s="121"/>
+      <c r="M75" s="121"/>
+      <c r="N75" s="121"/>
+      <c r="O75" s="38"/>
+    </row>
+    <row r="76" spans="2:15" ht="28.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="37"/>
+      <c r="C76" s="121" t="s">
+        <v>127</v>
+      </c>
+      <c r="D76" s="121"/>
+      <c r="E76" s="121"/>
+      <c r="F76" s="121"/>
+      <c r="G76" s="121"/>
+      <c r="H76" s="121"/>
+      <c r="I76" s="121"/>
+      <c r="J76" s="121"/>
+      <c r="K76" s="121"/>
+      <c r="L76" s="121"/>
+      <c r="M76" s="121"/>
+      <c r="N76" s="121"/>
+      <c r="O76" s="38"/>
+    </row>
+    <row r="77" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B77" s="37"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="46"/>
+      <c r="I77" s="46"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+      <c r="L77" s="46"/>
+      <c r="M77" s="46"/>
+      <c r="N77" s="46"/>
+      <c r="O77" s="38"/>
+    </row>
+    <row r="78" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B78" s="37"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="46"/>
+      <c r="I78" s="46"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+      <c r="L78" s="46"/>
+      <c r="M78" s="46"/>
+      <c r="N78" s="46"/>
+      <c r="O78" s="38"/>
+    </row>
+    <row r="79" spans="2:15" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="B79" s="37"/>
+      <c r="C79" s="45" t="s">
+        <v>129</v>
+      </c>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="46"/>
+      <c r="I79" s="46"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+      <c r="L79" s="46"/>
+      <c r="M79" s="46"/>
+      <c r="N79" s="46"/>
+      <c r="O79" s="38"/>
+    </row>
+    <row r="80" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B80" s="37"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="46"/>
+      <c r="I80" s="46"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+      <c r="L80" s="46"/>
+      <c r="M80" s="46"/>
+      <c r="N80" s="46"/>
+      <c r="O80" s="38"/>
+    </row>
+    <row r="81" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B81" s="37"/>
+      <c r="C81" s="42" t="s">
+        <v>130</v>
+      </c>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="46"/>
+      <c r="I81" s="46"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+      <c r="L81" s="46"/>
+      <c r="M81" s="46"/>
+      <c r="N81" s="46"/>
+      <c r="O81" s="38"/>
+    </row>
+    <row r="82" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B82" s="37"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="46"/>
+      <c r="I82" s="46"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+      <c r="L82" s="46"/>
+      <c r="M82" s="46"/>
+      <c r="N82" s="46"/>
+      <c r="O82" s="38"/>
+    </row>
+    <row r="83" spans="2:15" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="B83" s="37"/>
+      <c r="C83" s="54" t="s">
+        <v>166</v>
+      </c>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="46"/>
+      <c r="I83" s="46"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+      <c r="L83" s="46"/>
+      <c r="M83" s="46"/>
+      <c r="N83" s="46"/>
+      <c r="O83" s="38"/>
+    </row>
+    <row r="84" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B84" s="37"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="46"/>
+      <c r="I84" s="46"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+      <c r="L84" s="46"/>
+      <c r="M84" s="46"/>
+      <c r="N84" s="46"/>
+      <c r="O84" s="38"/>
+    </row>
+    <row r="85" spans="2:15" ht="31.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="37"/>
+      <c r="C85" s="154" t="s">
+        <v>167</v>
+      </c>
+      <c r="D85" s="154"/>
+      <c r="E85" s="154"/>
+      <c r="F85" s="154"/>
+      <c r="G85" s="154"/>
+      <c r="H85" s="154"/>
+      <c r="I85" s="154"/>
+      <c r="J85" s="154"/>
+      <c r="K85" s="154"/>
+      <c r="L85" s="154"/>
+      <c r="M85" s="154"/>
+      <c r="N85" s="154"/>
+      <c r="O85" s="38"/>
+    </row>
+    <row r="86" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B86" s="37"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="46"/>
+      <c r="I86" s="46"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+      <c r="L86" s="46"/>
+      <c r="M86" s="46"/>
+      <c r="N86" s="46"/>
+      <c r="O86" s="38"/>
+    </row>
+    <row r="87" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B87" s="37"/>
+      <c r="C87" s="121" t="s">
+        <v>131</v>
+      </c>
+      <c r="D87" s="121"/>
+      <c r="E87" s="121"/>
+      <c r="F87" s="121"/>
+      <c r="G87" s="121"/>
+      <c r="H87" s="121"/>
+      <c r="I87" s="121"/>
+      <c r="J87" s="121"/>
+      <c r="K87" s="121"/>
+      <c r="L87" s="121"/>
+      <c r="M87" s="121"/>
+      <c r="N87" s="121"/>
+      <c r="O87" s="38"/>
+    </row>
+    <row r="88" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B88" s="37"/>
+      <c r="C88" s="121" t="s">
+        <v>132</v>
+      </c>
+      <c r="D88" s="121"/>
+      <c r="E88" s="121"/>
+      <c r="F88" s="121"/>
+      <c r="G88" s="121"/>
+      <c r="H88" s="121"/>
+      <c r="I88" s="121"/>
+      <c r="J88" s="121"/>
+      <c r="K88" s="121"/>
+      <c r="L88" s="121"/>
+      <c r="M88" s="121"/>
+      <c r="N88" s="121"/>
+      <c r="O88" s="38"/>
+    </row>
+    <row r="89" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B89" s="37"/>
+      <c r="C89" s="121" t="s">
+        <v>133</v>
+      </c>
+      <c r="D89" s="121"/>
+      <c r="E89" s="121"/>
+      <c r="F89" s="121"/>
+      <c r="G89" s="121"/>
+      <c r="H89" s="121"/>
+      <c r="I89" s="121"/>
+      <c r="J89" s="121"/>
+      <c r="K89" s="121"/>
+      <c r="L89" s="121"/>
+      <c r="M89" s="121"/>
+      <c r="N89" s="121"/>
+      <c r="O89" s="38"/>
+    </row>
+    <row r="90" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B90" s="37"/>
+      <c r="C90" s="121" t="s">
+        <v>134</v>
+      </c>
+      <c r="D90" s="121"/>
+      <c r="E90" s="121"/>
+      <c r="F90" s="121"/>
+      <c r="G90" s="121"/>
+      <c r="H90" s="121"/>
+      <c r="I90" s="121"/>
+      <c r="J90" s="121"/>
+      <c r="K90" s="121"/>
+      <c r="L90" s="121"/>
+      <c r="M90" s="121"/>
+      <c r="N90" s="121"/>
+      <c r="O90" s="38"/>
+    </row>
+    <row r="91" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B91" s="37"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="46"/>
+      <c r="I91" s="46"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+      <c r="L91" s="46"/>
+      <c r="M91" s="46"/>
+      <c r="N91" s="46"/>
+      <c r="O91" s="38"/>
+    </row>
+    <row r="92" spans="2:15" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="B92" s="37"/>
+      <c r="C92" s="54" t="s">
+        <v>135</v>
+      </c>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="46"/>
+      <c r="I92" s="46"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+      <c r="L92" s="46"/>
+      <c r="M92" s="46"/>
+      <c r="N92" s="46"/>
+      <c r="O92" s="38"/>
+    </row>
+    <row r="93" spans="2:15" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="B93" s="37"/>
+      <c r="C93"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="46"/>
+      <c r="I93" s="46"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+      <c r="L93" s="46"/>
+      <c r="M93" s="46"/>
+      <c r="N93" s="46"/>
+      <c r="O93" s="38"/>
+    </row>
+    <row r="94" spans="2:15" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="37"/>
+      <c r="C94" s="154" t="s">
+        <v>142</v>
+      </c>
+      <c r="D94" s="154"/>
+      <c r="E94" s="154"/>
+      <c r="F94" s="154"/>
+      <c r="G94" s="154"/>
+      <c r="H94" s="154"/>
+      <c r="I94" s="154"/>
+      <c r="J94" s="154"/>
+      <c r="K94" s="154"/>
+      <c r="L94" s="154"/>
+      <c r="M94" s="154"/>
+      <c r="N94" s="154"/>
+      <c r="O94" s="38"/>
+    </row>
+    <row r="95" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B95" s="37"/>
+      <c r="C95" s="42"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="46"/>
+      <c r="I95" s="46"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+      <c r="L95" s="46"/>
+      <c r="M95" s="46"/>
+      <c r="N95" s="46"/>
+      <c r="O95" s="38"/>
+    </row>
+    <row r="96" spans="2:15" ht="22.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="37"/>
+      <c r="C96" s="121" t="s">
+        <v>136</v>
+      </c>
+      <c r="D96" s="121"/>
+      <c r="E96" s="121"/>
+      <c r="F96" s="121"/>
+      <c r="G96" s="121"/>
+      <c r="H96" s="121"/>
+      <c r="I96" s="121"/>
+      <c r="J96" s="121"/>
+      <c r="K96" s="121"/>
+      <c r="L96" s="121"/>
+      <c r="M96" s="121"/>
+      <c r="N96" s="121"/>
+      <c r="O96" s="38"/>
+    </row>
+    <row r="97" spans="2:15" ht="31.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="37"/>
+      <c r="C97" s="121" t="s">
+        <v>139</v>
+      </c>
+      <c r="D97" s="121"/>
+      <c r="E97" s="121"/>
+      <c r="F97" s="121"/>
+      <c r="G97" s="121"/>
+      <c r="H97" s="121"/>
+      <c r="I97" s="121"/>
+      <c r="J97" s="121"/>
+      <c r="K97" s="121"/>
+      <c r="L97" s="121"/>
+      <c r="M97" s="121"/>
+      <c r="N97" s="121"/>
+      <c r="O97" s="38"/>
+    </row>
+    <row r="98" spans="2:15" ht="31.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="37"/>
+      <c r="C98" s="152" t="s">
+        <v>46</v>
+      </c>
+      <c r="D98" s="152"/>
+      <c r="E98" s="152"/>
+      <c r="F98" s="152"/>
+      <c r="G98" s="55"/>
+      <c r="H98" s="55"/>
+      <c r="I98" s="55"/>
+      <c r="J98" s="55"/>
+      <c r="K98" s="55"/>
+      <c r="L98" s="55"/>
+      <c r="M98" s="50"/>
+      <c r="N98" s="50"/>
+      <c r="O98" s="38"/>
+    </row>
+    <row r="99" spans="2:15" ht="58.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="37"/>
+      <c r="C99" s="56" t="s">
+        <v>48</v>
+      </c>
+      <c r="D99" s="142" t="s">
+        <v>97</v>
+      </c>
+      <c r="E99" s="142"/>
+      <c r="F99" s="142"/>
+      <c r="G99" s="57"/>
+      <c r="H99" s="57"/>
+      <c r="I99" s="57"/>
+      <c r="J99" s="57"/>
+      <c r="K99" s="57"/>
+      <c r="L99" s="57"/>
+      <c r="M99" s="50"/>
+      <c r="N99" s="50"/>
+      <c r="O99" s="38"/>
+    </row>
+    <row r="100" spans="2:15" ht="58.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="37"/>
+      <c r="C100" s="56" t="s">
+        <v>50</v>
+      </c>
+      <c r="D100" s="142" t="s">
+        <v>99</v>
+      </c>
+      <c r="E100" s="142"/>
+      <c r="F100" s="142"/>
+      <c r="G100" s="57"/>
+      <c r="H100" s="57"/>
+      <c r="I100" s="57"/>
+      <c r="J100" s="57"/>
+      <c r="K100" s="57"/>
+      <c r="L100" s="57"/>
+      <c r="M100" s="50"/>
+      <c r="N100" s="50"/>
+      <c r="O100" s="38"/>
+    </row>
+    <row r="101" spans="2:15" ht="98.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="37"/>
+      <c r="C101" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="D101" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="E101" s="142"/>
+      <c r="F101" s="142"/>
+      <c r="G101" s="57"/>
+      <c r="H101" s="57"/>
+      <c r="I101" s="57"/>
+      <c r="J101" s="57"/>
+      <c r="K101" s="57"/>
+      <c r="L101" s="57"/>
+      <c r="M101" s="50"/>
+      <c r="N101" s="50"/>
+      <c r="O101" s="38"/>
+    </row>
+    <row r="102" spans="2:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="37"/>
+      <c r="C102" s="50"/>
+      <c r="D102" s="50"/>
+      <c r="E102" s="50"/>
+      <c r="F102" s="50"/>
+      <c r="G102" s="50"/>
+      <c r="H102" s="50"/>
+      <c r="I102" s="50"/>
+      <c r="J102" s="50"/>
+      <c r="K102" s="50"/>
+      <c r="L102" s="50"/>
+      <c r="M102" s="50"/>
+      <c r="N102" s="50"/>
+      <c r="O102" s="38"/>
+    </row>
+    <row r="103" spans="2:15" ht="34.049999999999997" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="37"/>
+      <c r="C103" s="121" t="s">
+        <v>137</v>
+      </c>
+      <c r="D103" s="121"/>
+      <c r="E103" s="121"/>
+      <c r="F103" s="121"/>
+      <c r="G103" s="121"/>
+      <c r="H103" s="121"/>
+      <c r="I103" s="121"/>
+      <c r="J103" s="121"/>
+      <c r="K103" s="121"/>
+      <c r="L103" s="121"/>
+      <c r="M103" s="121"/>
+      <c r="N103" s="121"/>
+      <c r="O103" s="38"/>
+    </row>
+    <row r="104" spans="2:15" ht="22.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="37"/>
+      <c r="C104" s="121" t="s">
+        <v>143</v>
+      </c>
+      <c r="D104" s="121"/>
+      <c r="E104" s="121"/>
+      <c r="F104" s="121"/>
+      <c r="G104" s="121"/>
+      <c r="H104" s="121"/>
+      <c r="I104" s="121"/>
+      <c r="J104" s="121"/>
+      <c r="K104" s="121"/>
+      <c r="L104" s="121"/>
+      <c r="M104" s="121"/>
+      <c r="N104" s="121"/>
+      <c r="O104" s="38"/>
+    </row>
+    <row r="105" spans="2:15" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105" s="37"/>
+      <c r="C105" s="151" t="s">
+        <v>55</v>
+      </c>
+      <c r="D105" s="151"/>
+      <c r="E105" s="151"/>
+      <c r="F105" s="151"/>
+      <c r="G105" s="55"/>
+      <c r="H105" s="55"/>
+      <c r="I105" s="55"/>
+      <c r="J105" s="55"/>
+      <c r="K105" s="55"/>
+      <c r="L105" s="55"/>
+      <c r="M105" s="55"/>
+      <c r="N105" s="50"/>
+      <c r="O105" s="38"/>
+    </row>
+    <row r="106" spans="2:15" s="61" customFormat="1" ht="57.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B106" s="58"/>
+      <c r="C106" s="56" t="s">
+        <v>57</v>
+      </c>
+      <c r="D106" s="142" t="s">
+        <v>98</v>
+      </c>
+      <c r="E106" s="142"/>
+      <c r="F106" s="142"/>
+      <c r="G106" s="57"/>
+      <c r="H106" s="57"/>
+      <c r="I106" s="57"/>
+      <c r="J106" s="57"/>
+      <c r="K106" s="57"/>
+      <c r="L106" s="57"/>
+      <c r="M106" s="57"/>
+      <c r="N106" s="59"/>
+      <c r="O106" s="60"/>
+    </row>
+    <row r="107" spans="2:15" s="61" customFormat="1" ht="57.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B107" s="58"/>
+      <c r="C107" s="56" t="s">
+        <v>100</v>
+      </c>
+      <c r="D107" s="142" t="s">
+        <v>101</v>
+      </c>
+      <c r="E107" s="142"/>
+      <c r="F107" s="142"/>
+      <c r="G107" s="57"/>
+      <c r="H107" s="57"/>
+      <c r="I107" s="57"/>
+      <c r="J107" s="57"/>
+      <c r="K107" s="57"/>
+      <c r="L107" s="57"/>
+      <c r="M107" s="57"/>
+      <c r="N107" s="59"/>
+      <c r="O107" s="60"/>
+    </row>
+    <row r="108" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B108" s="37"/>
+      <c r="C108" s="50"/>
+      <c r="D108" s="50"/>
+      <c r="E108" s="50"/>
+      <c r="F108" s="61"/>
+      <c r="G108" s="61"/>
+      <c r="H108" s="61"/>
+      <c r="I108" s="61"/>
+      <c r="J108" s="62"/>
+      <c r="K108" s="62"/>
+      <c r="L108" s="62"/>
+      <c r="M108" s="50"/>
+      <c r="N108" s="50"/>
+      <c r="O108" s="38"/>
+    </row>
+    <row r="109" spans="2:15" ht="31.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B109" s="37"/>
+      <c r="C109" s="121" t="s">
+        <v>138</v>
+      </c>
+      <c r="D109" s="121"/>
+      <c r="E109" s="121"/>
+      <c r="F109" s="121"/>
+      <c r="G109" s="121"/>
+      <c r="H109" s="121"/>
+      <c r="I109" s="121"/>
+      <c r="J109" s="121"/>
+      <c r="K109" s="121"/>
+      <c r="L109" s="121"/>
+      <c r="M109" s="121"/>
+      <c r="N109" s="121"/>
+      <c r="O109" s="38"/>
+    </row>
+    <row r="110" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B110" s="37"/>
+      <c r="C110" s="42"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="46"/>
+      <c r="I110" s="46"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+      <c r="L110" s="46"/>
+      <c r="M110" s="46"/>
+      <c r="N110" s="46"/>
+      <c r="O110" s="38"/>
+    </row>
+    <row r="111" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B111" s="37"/>
+      <c r="C111" s="150" t="s">
+        <v>62</v>
+      </c>
+      <c r="D111" s="150"/>
+      <c r="E111" s="150"/>
+      <c r="F111" s="150"/>
+      <c r="G111" s="150"/>
+      <c r="H111" s="150"/>
+      <c r="I111" s="150"/>
+      <c r="J111" s="150"/>
+      <c r="K111" s="150"/>
+      <c r="L111" s="150"/>
+      <c r="M111" s="150"/>
+      <c r="N111" s="150"/>
+      <c r="O111" s="38"/>
+    </row>
+    <row r="112" spans="2:15" ht="31.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B112" s="37"/>
+      <c r="C112" s="63" t="s">
+        <v>64</v>
+      </c>
+      <c r="D112" s="142" t="s">
+        <v>102</v>
+      </c>
+      <c r="E112" s="142"/>
+      <c r="F112" s="142"/>
+      <c r="G112" s="142"/>
+      <c r="H112" s="142"/>
+      <c r="I112" s="142"/>
+      <c r="J112" s="142"/>
+      <c r="K112" s="142"/>
+      <c r="L112" s="142"/>
+      <c r="M112" s="142"/>
+      <c r="N112" s="142"/>
+      <c r="O112" s="38"/>
+    </row>
+    <row r="113" spans="2:15" ht="31.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B113" s="37"/>
+      <c r="C113" s="63" t="s">
+        <v>66</v>
+      </c>
+      <c r="D113" s="142" t="s">
+        <v>171</v>
+      </c>
+      <c r="E113" s="142"/>
+      <c r="F113" s="142"/>
+      <c r="G113" s="142"/>
+      <c r="H113" s="142"/>
+      <c r="I113" s="142"/>
+      <c r="J113" s="142"/>
+      <c r="K113" s="142"/>
+      <c r="L113" s="142"/>
+      <c r="M113" s="142"/>
+      <c r="N113" s="142"/>
+      <c r="O113" s="38"/>
+    </row>
+    <row r="114" spans="2:15" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B114" s="37"/>
+      <c r="C114" s="63" t="s">
+        <v>68</v>
+      </c>
+      <c r="D114" s="142" t="s">
+        <v>103</v>
+      </c>
+      <c r="E114" s="142"/>
+      <c r="F114" s="142"/>
+      <c r="G114" s="142"/>
+      <c r="H114" s="142"/>
+      <c r="I114" s="142"/>
+      <c r="J114" s="142"/>
+      <c r="K114" s="142"/>
+      <c r="L114" s="142"/>
+      <c r="M114" s="142"/>
+      <c r="N114" s="142"/>
+      <c r="O114" s="38"/>
+    </row>
+    <row r="115" spans="2:15" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B115" s="37"/>
+      <c r="C115" s="63" t="s">
+        <v>172</v>
+      </c>
+      <c r="D115" s="142" t="s">
+        <v>104</v>
+      </c>
+      <c r="E115" s="142"/>
+      <c r="F115" s="142"/>
+      <c r="G115" s="142"/>
+      <c r="H115" s="142"/>
+      <c r="I115" s="142"/>
+      <c r="J115" s="142"/>
+      <c r="K115" s="142"/>
+      <c r="L115" s="142"/>
+      <c r="M115" s="142"/>
+      <c r="N115" s="142"/>
+      <c r="O115" s="38"/>
+    </row>
+    <row r="116" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B116" s="37"/>
+      <c r="C116" s="153" t="s">
+        <v>173</v>
+      </c>
+      <c r="D116" s="153"/>
+      <c r="E116" s="153"/>
+      <c r="F116" s="153"/>
+      <c r="G116" s="153"/>
+      <c r="H116" s="153"/>
+      <c r="I116" s="153"/>
+      <c r="J116" s="153"/>
+      <c r="K116" s="153"/>
+      <c r="L116" s="153"/>
+      <c r="M116" s="153"/>
+      <c r="N116" s="153"/>
+      <c r="O116" s="38"/>
+    </row>
+    <row r="117" spans="2:15" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B117" s="64"/>
+      <c r="C117" s="65"/>
+      <c r="D117" s="65"/>
+      <c r="E117" s="65"/>
+      <c r="F117" s="65"/>
+      <c r="G117" s="65"/>
+      <c r="H117" s="65"/>
+      <c r="I117" s="65"/>
+      <c r="J117" s="65"/>
+      <c r="K117" s="65"/>
+      <c r="L117" s="65"/>
+      <c r="M117" s="65"/>
+      <c r="N117" s="65"/>
+      <c r="O117" s="66"/>
+    </row>
+  </sheetData>
+  <mergeCells count="67">
+    <mergeCell ref="C116:N116"/>
+    <mergeCell ref="C85:N85"/>
+    <mergeCell ref="C94:N94"/>
+    <mergeCell ref="C12:N12"/>
+    <mergeCell ref="C14:N14"/>
+    <mergeCell ref="C44:N44"/>
+    <mergeCell ref="C45:N45"/>
+    <mergeCell ref="C46:N46"/>
+    <mergeCell ref="F36:I37"/>
+    <mergeCell ref="C38:D41"/>
+    <mergeCell ref="E38:E41"/>
+    <mergeCell ref="F38:I41"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="C72:N72"/>
+    <mergeCell ref="C73:N73"/>
+    <mergeCell ref="C74:N74"/>
+    <mergeCell ref="C75:N75"/>
+    <mergeCell ref="C109:N109"/>
+    <mergeCell ref="C87:N87"/>
+    <mergeCell ref="C88:N88"/>
+    <mergeCell ref="C89:N89"/>
+    <mergeCell ref="C90:N90"/>
+    <mergeCell ref="D100:F100"/>
+    <mergeCell ref="D101:F101"/>
+    <mergeCell ref="D106:F106"/>
+    <mergeCell ref="D107:F107"/>
+    <mergeCell ref="C105:F105"/>
+    <mergeCell ref="C103:N103"/>
+    <mergeCell ref="C104:N104"/>
+    <mergeCell ref="D99:F99"/>
+    <mergeCell ref="C98:F98"/>
+    <mergeCell ref="C96:N96"/>
+    <mergeCell ref="C97:N97"/>
+    <mergeCell ref="C111:N111"/>
+    <mergeCell ref="D112:N112"/>
+    <mergeCell ref="D113:N113"/>
+    <mergeCell ref="D114:N114"/>
+    <mergeCell ref="D115:N115"/>
+    <mergeCell ref="C76:N76"/>
+    <mergeCell ref="B5:O5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="D6:O6"/>
+    <mergeCell ref="D7:O7"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="I8:M8"/>
+    <mergeCell ref="I9:M9"/>
+    <mergeCell ref="D8:H8"/>
+    <mergeCell ref="D9:H9"/>
+    <mergeCell ref="C68:N68"/>
+    <mergeCell ref="C69:N69"/>
+    <mergeCell ref="C70:N70"/>
+    <mergeCell ref="C71:N71"/>
+    <mergeCell ref="F48:H48"/>
+    <mergeCell ref="C30:N30"/>
+    <mergeCell ref="C43:N43"/>
+    <mergeCell ref="C32:I32"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="F33:I33"/>
+    <mergeCell ref="C34:D35"/>
+    <mergeCell ref="E34:E35"/>
+    <mergeCell ref="F34:I35"/>
+    <mergeCell ref="C36:D37"/>
+    <mergeCell ref="E36:E37"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="53" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;C&amp;G</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="77" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E485FC09-BC37-8F4E-8D5D-F9C18B71E484}">
+  <sheetPr>
+    <tabColor rgb="FFE7F4D8"/>
+  </sheetPr>
+  <dimension ref="A2:AG70"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="M1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="W11" sqref="W11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="1.33203125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20.33203125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="24.6640625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="22" style="3" customWidth="1"/>
+    <col min="5" max="5" width="21.33203125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="22" style="3" customWidth="1"/>
+    <col min="7" max="7" width="7" style="3" customWidth="1"/>
+    <col min="8" max="8" width="16.33203125" style="3" customWidth="1"/>
+    <col min="9" max="9" width="48" style="3" customWidth="1"/>
+    <col min="10" max="10" width="27.88671875" style="3" customWidth="1"/>
+    <col min="11" max="11" width="32.109375" style="3" customWidth="1"/>
+    <col min="12" max="12" width="18.88671875" style="3" customWidth="1"/>
+    <col min="13" max="13" width="25.33203125" style="3" customWidth="1"/>
+    <col min="14" max="14" width="35.6640625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="31.33203125" style="3" customWidth="1"/>
+    <col min="16" max="16" width="16.6640625" style="3" customWidth="1"/>
+    <col min="17" max="17" width="27" style="1" customWidth="1"/>
+    <col min="18" max="18" width="16.6640625" style="1" customWidth="1"/>
+    <col min="19" max="19" width="18.88671875" style="1" customWidth="1"/>
+    <col min="20" max="20" width="26.109375" style="1" customWidth="1"/>
+    <col min="21" max="21" width="24.88671875" style="1" customWidth="1"/>
+    <col min="22" max="22" width="35.33203125" style="1" customWidth="1"/>
+    <col min="23" max="23" width="17.88671875" style="1" customWidth="1"/>
+    <col min="24" max="24" width="17" style="1" customWidth="1"/>
+    <col min="25" max="25" width="15.109375" style="1" customWidth="1"/>
+    <col min="26" max="26" width="34.33203125" style="1" customWidth="1"/>
+    <col min="27" max="27" width="18" style="1" customWidth="1"/>
+    <col min="28" max="28" width="26.88671875" style="1" customWidth="1"/>
+    <col min="29" max="29" width="27.33203125" style="1" customWidth="1"/>
+    <col min="30" max="30" width="26.109375" style="1" customWidth="1"/>
+    <col min="31" max="31" width="45" style="1" customWidth="1"/>
+    <col min="32" max="33" width="16.88671875" style="1" customWidth="1"/>
+    <col min="34" max="34" width="14.109375" style="1" customWidth="1"/>
+    <col min="35" max="16384" width="10.88671875" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="1:33" x14ac:dyDescent="0.3">
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+    </row>
+    <row r="3" spans="1:33" x14ac:dyDescent="0.3">
+      <c r="B3" s="28"/>
+      <c r="C3" s="28"/>
+      <c r="D3" s="29"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="28"/>
+    </row>
+    <row r="4" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="28"/>
+      <c r="C4" s="28"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="28"/>
+      <c r="F4" s="28"/>
+    </row>
+    <row r="5" spans="1:33" ht="30.3" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J6" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="K6" s="99"/>
+      <c r="L6" s="99"/>
+      <c r="M6" s="99"/>
+      <c r="N6" s="99"/>
+      <c r="O6" s="99"/>
+      <c r="P6" s="99"/>
+      <c r="Q6" s="99"/>
+      <c r="R6" s="99"/>
+      <c r="S6" s="99"/>
+      <c r="T6" s="99"/>
+      <c r="U6" s="99"/>
+      <c r="V6" s="99"/>
+      <c r="W6" s="99"/>
+      <c r="X6" s="99"/>
+    </row>
+    <row r="7" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J7" s="99" t="s">
+        <v>1</v>
+      </c>
+      <c r="K7" s="99"/>
+      <c r="L7" s="99"/>
+      <c r="M7" s="99"/>
+      <c r="N7" s="99" t="s">
+        <v>2</v>
+      </c>
+      <c r="O7" s="99"/>
+      <c r="P7" s="99"/>
+      <c r="Q7" s="99"/>
+      <c r="R7" s="99"/>
+      <c r="S7" s="99"/>
+      <c r="T7" s="99"/>
+      <c r="U7" s="99"/>
+      <c r="V7" s="99"/>
+      <c r="W7" s="99"/>
+      <c r="X7" s="99"/>
+    </row>
+    <row r="8" spans="1:33" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="J8" s="99" t="s">
+        <v>3</v>
+      </c>
+      <c r="K8" s="99"/>
+      <c r="L8" s="99"/>
+      <c r="M8" s="99"/>
+      <c r="N8" s="99" t="s">
+        <v>4</v>
+      </c>
+      <c r="O8" s="99"/>
+      <c r="P8" s="99"/>
+      <c r="Q8" s="99"/>
+      <c r="R8" s="99"/>
+      <c r="S8" s="99"/>
+      <c r="T8" s="99"/>
+      <c r="U8" s="99"/>
+      <c r="V8" s="99"/>
+      <c r="W8" s="99"/>
+      <c r="X8" s="99"/>
+    </row>
+    <row r="9" spans="1:33" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="J9" s="99" t="s">
+        <v>5</v>
+      </c>
+      <c r="K9" s="99"/>
+      <c r="L9" s="99"/>
+      <c r="M9" s="99"/>
+      <c r="N9" s="107" t="s">
+        <v>6</v>
+      </c>
+      <c r="O9" s="107"/>
+      <c r="P9" s="107"/>
+      <c r="Q9" s="107"/>
+      <c r="R9" s="107"/>
+      <c r="S9" s="107"/>
+      <c r="T9" s="99" t="s">
+        <v>7</v>
+      </c>
+      <c r="U9" s="99"/>
+      <c r="V9" s="99"/>
+      <c r="W9" s="99" t="s">
+        <v>8</v>
+      </c>
+      <c r="X9" s="99"/>
+    </row>
+    <row r="10" spans="1:33" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="J10" s="169">
+        <v>46091</v>
+      </c>
+      <c r="K10" s="169"/>
+      <c r="L10" s="169"/>
+      <c r="M10" s="169"/>
+      <c r="N10" s="168" t="s">
+        <v>9</v>
+      </c>
+      <c r="O10" s="168"/>
+      <c r="P10" s="168"/>
+      <c r="Q10" s="168"/>
+      <c r="R10" s="168"/>
+      <c r="S10" s="168"/>
+      <c r="T10" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="U10" s="170"/>
+      <c r="V10" s="170"/>
+      <c r="W10" s="171" t="s">
+        <v>175</v>
+      </c>
+      <c r="X10" s="171"/>
+    </row>
+    <row r="11" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="12" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="86"/>
+      <c r="B12" s="93" t="s">
+        <v>161</v>
+      </c>
+      <c r="C12" s="94"/>
+      <c r="D12" s="94"/>
+      <c r="E12" s="94"/>
+      <c r="F12" s="95"/>
+      <c r="G12" s="87" t="s">
+        <v>162</v>
+      </c>
+      <c r="H12" s="88"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="88"/>
+      <c r="K12" s="88"/>
+      <c r="L12" s="88"/>
+      <c r="M12" s="88"/>
+      <c r="N12" s="88"/>
+      <c r="O12" s="89"/>
+      <c r="P12" s="100" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q12" s="101"/>
+      <c r="R12" s="101"/>
+      <c r="S12" s="101"/>
+      <c r="T12" s="101"/>
+      <c r="U12" s="101"/>
+      <c r="V12" s="101"/>
+      <c r="W12" s="101"/>
+      <c r="X12" s="101"/>
+      <c r="Y12" s="101"/>
+      <c r="Z12" s="101"/>
+      <c r="AA12" s="101"/>
+      <c r="AB12" s="101"/>
+      <c r="AC12" s="101"/>
+      <c r="AD12" s="101"/>
+      <c r="AE12" s="101"/>
+      <c r="AF12" s="101"/>
+      <c r="AG12" s="102"/>
+    </row>
+    <row r="13" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="86"/>
+      <c r="B13" s="96"/>
+      <c r="C13" s="97"/>
+      <c r="D13" s="97"/>
+      <c r="E13" s="97"/>
+      <c r="F13" s="98"/>
+      <c r="G13" s="90"/>
+      <c r="H13" s="91"/>
+      <c r="I13" s="91"/>
+      <c r="J13" s="91"/>
+      <c r="K13" s="91"/>
+      <c r="L13" s="91"/>
+      <c r="M13" s="91"/>
+      <c r="N13" s="91"/>
+      <c r="O13" s="92"/>
+      <c r="P13" s="103" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q13" s="104"/>
+      <c r="R13" s="104"/>
+      <c r="S13" s="104"/>
+      <c r="T13" s="105" t="s">
+        <v>164</v>
+      </c>
+      <c r="U13" s="105"/>
+      <c r="V13" s="105"/>
+      <c r="W13" s="105"/>
+      <c r="X13" s="105"/>
+      <c r="Y13" s="104" t="s">
+        <v>165</v>
+      </c>
+      <c r="Z13" s="104"/>
+      <c r="AA13" s="104"/>
+      <c r="AB13" s="104"/>
+      <c r="AC13" s="105" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD13" s="105"/>
+      <c r="AE13" s="105"/>
+      <c r="AF13" s="105"/>
+      <c r="AG13" s="106"/>
+    </row>
+    <row r="14" spans="1:33" ht="5.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C14" s="30"/>
+      <c r="P14" s="30"/>
+    </row>
+    <row r="15" spans="1:33" s="73" customFormat="1" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="B15" s="68" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="69" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" s="69" t="s">
+        <v>78</v>
+      </c>
+      <c r="E15" s="69" t="s">
+        <v>90</v>
+      </c>
+      <c r="F15" s="70" t="s">
+        <v>91</v>
+      </c>
+      <c r="G15" s="83" t="s">
+        <v>10</v>
+      </c>
+      <c r="H15" s="71" t="s">
+        <v>87</v>
+      </c>
+      <c r="I15" s="67" t="s">
+        <v>92</v>
+      </c>
+      <c r="J15" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="K15" s="71" t="s">
+        <v>82</v>
+      </c>
+      <c r="L15" s="71" t="s">
+        <v>85</v>
+      </c>
+      <c r="M15" s="71" t="s">
+        <v>86</v>
+      </c>
+      <c r="N15" s="71" t="s">
         <v>84</v>
       </c>
-      <c r="D6" s="115"/>
-[...344 lines deleted...]
-      <c r="A40" s="16"/>
+      <c r="O15" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="P15" s="79" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q15" s="80" t="s">
+        <v>145</v>
+      </c>
+      <c r="R15" s="80" t="s">
+        <v>146</v>
+      </c>
+      <c r="S15" s="80" t="s">
+        <v>147</v>
+      </c>
+      <c r="T15" s="81" t="s">
+        <v>148</v>
+      </c>
+      <c r="U15" s="81" t="s">
+        <v>88</v>
+      </c>
+      <c r="V15" s="81" t="s">
+        <v>149</v>
+      </c>
+      <c r="W15" s="81" t="s">
+        <v>150</v>
+      </c>
+      <c r="X15" s="82" t="s">
+        <v>151</v>
+      </c>
+      <c r="Y15" s="79" t="s">
+        <v>152</v>
+      </c>
+      <c r="Z15" s="80" t="s">
+        <v>153</v>
+      </c>
+      <c r="AA15" s="80" t="s">
+        <v>154</v>
+      </c>
+      <c r="AB15" s="80" t="s">
+        <v>155</v>
+      </c>
+      <c r="AC15" s="81" t="s">
+        <v>156</v>
+      </c>
+      <c r="AD15" s="81" t="s">
+        <v>157</v>
+      </c>
+      <c r="AE15" s="81" t="s">
+        <v>158</v>
+      </c>
+      <c r="AF15" s="81" t="s">
+        <v>159</v>
+      </c>
+      <c r="AG15" s="82" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="16" spans="1:33" x14ac:dyDescent="0.3">
+      <c r="B16" s="32"/>
+      <c r="C16" s="22"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="22"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="17"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+      <c r="K16" s="18"/>
+      <c r="L16" s="19"/>
+      <c r="M16" s="19"/>
+      <c r="N16" s="18"/>
+      <c r="O16" s="20"/>
+      <c r="P16" s="21"/>
+      <c r="Q16" s="18"/>
+      <c r="R16" s="18"/>
+      <c r="S16" s="18"/>
+      <c r="T16" s="23"/>
+      <c r="U16" s="25"/>
+      <c r="V16" s="22"/>
+      <c r="W16" s="22"/>
+      <c r="X16" s="24"/>
+      <c r="Y16" s="21"/>
+      <c r="Z16" s="18"/>
+      <c r="AA16" s="18"/>
+      <c r="AB16" s="18"/>
+      <c r="AC16" s="23"/>
+      <c r="AD16" s="22"/>
+      <c r="AE16" s="22"/>
+      <c r="AF16" s="22"/>
+      <c r="AG16" s="24"/>
+    </row>
+    <row r="17" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="23"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="17"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+      <c r="K17" s="18"/>
+      <c r="L17" s="19"/>
+      <c r="M17" s="19"/>
+      <c r="N17" s="18"/>
+      <c r="O17" s="20"/>
+      <c r="P17" s="21"/>
+      <c r="Q17" s="18"/>
+      <c r="R17" s="18"/>
+      <c r="S17" s="18"/>
+      <c r="T17" s="23"/>
+      <c r="U17" s="25"/>
+      <c r="V17" s="22"/>
+      <c r="W17" s="22"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="21"/>
+      <c r="Z17" s="18"/>
+      <c r="AA17" s="18"/>
+      <c r="AB17" s="18"/>
+      <c r="AC17" s="23"/>
+      <c r="AD17" s="22"/>
+      <c r="AE17" s="22"/>
+      <c r="AF17" s="22"/>
+      <c r="AG17" s="24"/>
+    </row>
+    <row r="18" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B18" s="22"/>
+      <c r="C18" s="22"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="22"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="17"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+      <c r="K18" s="18"/>
+      <c r="L18" s="19"/>
+      <c r="M18" s="19"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="20"/>
+      <c r="P18" s="21"/>
+      <c r="Q18" s="18"/>
+      <c r="R18" s="18"/>
+      <c r="S18" s="18"/>
+      <c r="T18" s="23"/>
+      <c r="U18" s="25"/>
+      <c r="V18" s="22"/>
+      <c r="W18" s="22"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="21"/>
+      <c r="Z18" s="18"/>
+      <c r="AA18" s="18"/>
+      <c r="AB18" s="18"/>
+      <c r="AC18" s="23"/>
+      <c r="AD18" s="22"/>
+      <c r="AE18" s="22"/>
+      <c r="AF18" s="22"/>
+      <c r="AG18" s="24"/>
+    </row>
+    <row r="19" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B19" s="22"/>
+      <c r="C19" s="22"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="17"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+      <c r="K19" s="18"/>
+      <c r="L19" s="18"/>
+      <c r="M19" s="18"/>
+      <c r="N19" s="18"/>
+      <c r="O19" s="20"/>
+      <c r="P19" s="21"/>
+      <c r="Q19" s="18"/>
+      <c r="R19" s="18"/>
+      <c r="S19" s="18"/>
+      <c r="T19" s="23"/>
+      <c r="U19" s="22"/>
+      <c r="V19" s="22"/>
+      <c r="W19" s="22"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="21"/>
+      <c r="Z19" s="18"/>
+      <c r="AA19" s="18"/>
+      <c r="AB19" s="18"/>
+      <c r="AC19" s="23"/>
+      <c r="AD19" s="22"/>
+      <c r="AE19" s="22"/>
+      <c r="AF19" s="22"/>
+      <c r="AG19" s="24"/>
+    </row>
+    <row r="20" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B20" s="22"/>
+      <c r="C20" s="22"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="22"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="17"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+      <c r="K20" s="18"/>
+      <c r="L20" s="18"/>
+      <c r="M20" s="18"/>
+      <c r="N20" s="18"/>
+      <c r="O20" s="20"/>
+      <c r="P20" s="21"/>
+      <c r="Q20" s="18"/>
+      <c r="R20" s="18"/>
+      <c r="S20" s="18"/>
+      <c r="T20" s="23"/>
+      <c r="U20" s="22"/>
+      <c r="V20" s="22"/>
+      <c r="W20" s="22"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="21"/>
+      <c r="Z20" s="18"/>
+      <c r="AA20" s="18"/>
+      <c r="AB20" s="18"/>
+      <c r="AC20" s="23"/>
+      <c r="AD20" s="22"/>
+      <c r="AE20" s="22"/>
+      <c r="AF20" s="22"/>
+      <c r="AG20" s="24"/>
+    </row>
+    <row r="21" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B21" s="22"/>
+      <c r="C21" s="22"/>
+      <c r="D21" s="23"/>
+      <c r="E21" s="22"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="17"/>
+      <c r="H21" s="18"/>
+      <c r="I21" s="18"/>
+      <c r="J21" s="18"/>
+      <c r="K21" s="18"/>
+      <c r="L21" s="18"/>
+      <c r="M21" s="18"/>
+      <c r="N21" s="18"/>
+      <c r="O21" s="20"/>
+      <c r="P21" s="21"/>
+      <c r="Q21" s="18"/>
+      <c r="R21" s="18"/>
+      <c r="S21" s="18"/>
+      <c r="T21" s="23"/>
+      <c r="U21" s="22"/>
+      <c r="V21" s="22"/>
+      <c r="W21" s="22"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="21"/>
+      <c r="Z21" s="18"/>
+      <c r="AA21" s="18"/>
+      <c r="AB21" s="18"/>
+      <c r="AC21" s="23"/>
+      <c r="AD21" s="22"/>
+      <c r="AE21" s="22"/>
+      <c r="AF21" s="22"/>
+      <c r="AG21" s="24"/>
+    </row>
+    <row r="22" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B22" s="22"/>
+      <c r="C22" s="22"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="22"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="17"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+      <c r="K22" s="18"/>
+      <c r="L22" s="18"/>
+      <c r="M22" s="18"/>
+      <c r="N22" s="18"/>
+      <c r="O22" s="20"/>
+      <c r="P22" s="21"/>
+      <c r="Q22" s="18"/>
+      <c r="R22" s="18"/>
+      <c r="S22" s="18"/>
+      <c r="T22" s="23"/>
+      <c r="U22" s="22"/>
+      <c r="V22" s="22"/>
+      <c r="W22" s="22"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="21"/>
+      <c r="Z22" s="18"/>
+      <c r="AA22" s="18"/>
+      <c r="AB22" s="18"/>
+      <c r="AC22" s="23"/>
+      <c r="AD22" s="22"/>
+      <c r="AE22" s="22"/>
+      <c r="AF22" s="22"/>
+      <c r="AG22" s="24"/>
+    </row>
+    <row r="23" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B23" s="22"/>
+      <c r="C23" s="22"/>
+      <c r="D23" s="23"/>
+      <c r="E23" s="22"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="17"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+      <c r="K23" s="18"/>
+      <c r="L23" s="18"/>
+      <c r="M23" s="18"/>
+      <c r="N23" s="18"/>
+      <c r="O23" s="20"/>
+      <c r="P23" s="21"/>
+      <c r="Q23" s="18"/>
+      <c r="R23" s="18"/>
+      <c r="S23" s="18"/>
+      <c r="T23" s="23"/>
+      <c r="U23" s="22"/>
+      <c r="V23" s="22"/>
+      <c r="W23" s="22"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="21"/>
+      <c r="Z23" s="18"/>
+      <c r="AA23" s="18"/>
+      <c r="AB23" s="18"/>
+      <c r="AC23" s="23"/>
+      <c r="AD23" s="22"/>
+      <c r="AE23" s="22"/>
+      <c r="AF23" s="22"/>
+      <c r="AG23" s="24"/>
+    </row>
+    <row r="24" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B24" s="22"/>
+      <c r="C24" s="22"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="22"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="17"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+      <c r="K24" s="18"/>
+      <c r="L24" s="18"/>
+      <c r="M24" s="18"/>
+      <c r="N24" s="18"/>
+      <c r="O24" s="20"/>
+      <c r="P24" s="21"/>
+      <c r="Q24" s="18"/>
+      <c r="R24" s="18"/>
+      <c r="S24" s="18"/>
+      <c r="T24" s="23"/>
+      <c r="U24" s="22"/>
+      <c r="V24" s="22"/>
+      <c r="W24" s="22"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="21"/>
+      <c r="Z24" s="18"/>
+      <c r="AA24" s="18"/>
+      <c r="AB24" s="18"/>
+      <c r="AC24" s="23"/>
+      <c r="AD24" s="22"/>
+      <c r="AE24" s="22"/>
+      <c r="AF24" s="22"/>
+      <c r="AG24" s="24"/>
+    </row>
+    <row r="25" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B25" s="22"/>
+      <c r="C25" s="22"/>
+      <c r="D25" s="23"/>
+      <c r="E25" s="22"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="17"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+      <c r="K25" s="18"/>
+      <c r="L25" s="18"/>
+      <c r="M25" s="18"/>
+      <c r="N25" s="18"/>
+      <c r="O25" s="20"/>
+      <c r="P25" s="21"/>
+      <c r="Q25" s="18"/>
+      <c r="R25" s="18"/>
+      <c r="S25" s="18"/>
+      <c r="T25" s="23"/>
+      <c r="U25" s="22"/>
+      <c r="V25" s="22"/>
+      <c r="W25" s="22"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="21"/>
+      <c r="Z25" s="18"/>
+      <c r="AA25" s="18"/>
+      <c r="AB25" s="18"/>
+      <c r="AC25" s="23"/>
+      <c r="AD25" s="22"/>
+      <c r="AE25" s="22"/>
+      <c r="AF25" s="22"/>
+      <c r="AG25" s="24"/>
+    </row>
+    <row r="26" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B26" s="22"/>
+      <c r="C26" s="22"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="22"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="17"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+      <c r="K26" s="18"/>
+      <c r="L26" s="18"/>
+      <c r="M26" s="18"/>
+      <c r="N26" s="18"/>
+      <c r="O26" s="20"/>
+      <c r="P26" s="21"/>
+      <c r="Q26" s="18"/>
+      <c r="R26" s="18"/>
+      <c r="S26" s="18"/>
+      <c r="T26" s="23"/>
+      <c r="U26" s="22"/>
+      <c r="V26" s="22"/>
+      <c r="W26" s="22"/>
+      <c r="X26" s="24"/>
+      <c r="Y26" s="21"/>
+      <c r="Z26" s="18"/>
+      <c r="AA26" s="18"/>
+      <c r="AB26" s="18"/>
+      <c r="AC26" s="23"/>
+      <c r="AD26" s="22"/>
+      <c r="AE26" s="22"/>
+      <c r="AF26" s="22"/>
+      <c r="AG26" s="24"/>
+    </row>
+    <row r="27" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B27" s="22"/>
+      <c r="C27" s="22"/>
+      <c r="D27" s="23"/>
+      <c r="E27" s="22"/>
+      <c r="F27" s="24"/>
+      <c r="G27" s="17"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+      <c r="K27" s="18"/>
+      <c r="L27" s="18"/>
+      <c r="M27" s="18"/>
+      <c r="N27" s="18"/>
+      <c r="O27" s="20"/>
+      <c r="P27" s="21"/>
+      <c r="Q27" s="18"/>
+      <c r="R27" s="18"/>
+      <c r="S27" s="18"/>
+      <c r="T27" s="23"/>
+      <c r="U27" s="22"/>
+      <c r="V27" s="22"/>
+      <c r="W27" s="22"/>
+      <c r="X27" s="24"/>
+      <c r="Y27" s="21"/>
+      <c r="Z27" s="18"/>
+      <c r="AA27" s="18"/>
+      <c r="AB27" s="18"/>
+      <c r="AC27" s="23"/>
+      <c r="AD27" s="22"/>
+      <c r="AE27" s="22"/>
+      <c r="AF27" s="22"/>
+      <c r="AG27" s="24"/>
+    </row>
+    <row r="28" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B28" s="22"/>
+      <c r="C28" s="22"/>
+      <c r="D28" s="23"/>
+      <c r="E28" s="22"/>
+      <c r="F28" s="24"/>
+      <c r="G28" s="17"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+      <c r="K28" s="18"/>
+      <c r="L28" s="18"/>
+      <c r="M28" s="18"/>
+      <c r="N28" s="18"/>
+      <c r="O28" s="20"/>
+      <c r="P28" s="21"/>
+      <c r="Q28" s="18"/>
+      <c r="R28" s="18"/>
+      <c r="S28" s="18"/>
+      <c r="T28" s="23"/>
+      <c r="U28" s="22"/>
+      <c r="V28" s="22"/>
+      <c r="W28" s="22"/>
+      <c r="X28" s="24"/>
+      <c r="Y28" s="21"/>
+      <c r="Z28" s="18"/>
+      <c r="AA28" s="18"/>
+      <c r="AB28" s="18"/>
+      <c r="AC28" s="23"/>
+      <c r="AD28" s="22"/>
+      <c r="AE28" s="22"/>
+      <c r="AF28" s="22"/>
+      <c r="AG28" s="24"/>
+    </row>
+    <row r="29" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B29" s="22"/>
+      <c r="C29" s="22"/>
+      <c r="D29" s="23"/>
+      <c r="E29" s="22"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="17"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+      <c r="K29" s="18"/>
+      <c r="L29" s="18"/>
+      <c r="M29" s="18"/>
+      <c r="N29" s="18"/>
+      <c r="O29" s="20"/>
+      <c r="P29" s="21"/>
+      <c r="Q29" s="18"/>
+      <c r="R29" s="18"/>
+      <c r="S29" s="18"/>
+      <c r="T29" s="23"/>
+      <c r="U29" s="22"/>
+      <c r="V29" s="22"/>
+      <c r="W29" s="22"/>
+      <c r="X29" s="24"/>
+      <c r="Y29" s="21"/>
+      <c r="Z29" s="18"/>
+      <c r="AA29" s="18"/>
+      <c r="AB29" s="18"/>
+      <c r="AC29" s="23"/>
+      <c r="AD29" s="22"/>
+      <c r="AE29" s="22"/>
+      <c r="AF29" s="22"/>
+      <c r="AG29" s="24"/>
+    </row>
+    <row r="30" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B30" s="22"/>
+      <c r="C30" s="22"/>
+      <c r="D30" s="23"/>
+      <c r="E30" s="22"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+      <c r="K30" s="18"/>
+      <c r="L30" s="18"/>
+      <c r="M30" s="18"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="20"/>
+      <c r="P30" s="21"/>
+      <c r="Q30" s="18"/>
+      <c r="R30" s="18"/>
+      <c r="S30" s="18"/>
+      <c r="T30" s="23"/>
+      <c r="U30" s="22"/>
+      <c r="V30" s="22"/>
+      <c r="W30" s="22"/>
+      <c r="X30" s="24"/>
+      <c r="Y30" s="21"/>
+      <c r="Z30" s="18"/>
+      <c r="AA30" s="18"/>
+      <c r="AB30" s="18"/>
+      <c r="AC30" s="23"/>
+      <c r="AD30" s="22"/>
+      <c r="AE30" s="22"/>
+      <c r="AF30" s="22"/>
+      <c r="AG30" s="24"/>
+    </row>
+    <row r="31" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B31" s="22"/>
+      <c r="C31" s="22"/>
+      <c r="D31" s="23"/>
+      <c r="E31" s="22"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="17"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+      <c r="K31" s="18"/>
+      <c r="L31" s="18"/>
+      <c r="M31" s="18"/>
+      <c r="N31" s="18"/>
+      <c r="O31" s="20"/>
+      <c r="P31" s="21"/>
+      <c r="Q31" s="18"/>
+      <c r="R31" s="18"/>
+      <c r="S31" s="18"/>
+      <c r="T31" s="23"/>
+      <c r="U31" s="22"/>
+      <c r="V31" s="22"/>
+      <c r="W31" s="22"/>
+      <c r="X31" s="24"/>
+      <c r="Y31" s="21"/>
+      <c r="Z31" s="18"/>
+      <c r="AA31" s="18"/>
+      <c r="AB31" s="18"/>
+      <c r="AC31" s="23"/>
+      <c r="AD31" s="22"/>
+      <c r="AE31" s="22"/>
+      <c r="AF31" s="22"/>
+      <c r="AG31" s="24"/>
+    </row>
+    <row r="32" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B32" s="22"/>
+      <c r="C32" s="22"/>
+      <c r="D32" s="23"/>
+      <c r="E32" s="22"/>
+      <c r="F32" s="24"/>
+      <c r="G32" s="17"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+      <c r="K32" s="18"/>
+      <c r="L32" s="18"/>
+      <c r="M32" s="18"/>
+      <c r="N32" s="18"/>
+      <c r="O32" s="20"/>
+      <c r="P32" s="21"/>
+      <c r="Q32" s="18"/>
+      <c r="R32" s="18"/>
+      <c r="S32" s="18"/>
+      <c r="T32" s="23"/>
+      <c r="U32" s="22"/>
+      <c r="V32" s="22"/>
+      <c r="W32" s="22"/>
+      <c r="X32" s="24"/>
+      <c r="Y32" s="21"/>
+      <c r="Z32" s="18"/>
+      <c r="AA32" s="18"/>
+      <c r="AB32" s="18"/>
+      <c r="AC32" s="23"/>
+      <c r="AD32" s="22"/>
+      <c r="AE32" s="22"/>
+      <c r="AF32" s="22"/>
+      <c r="AG32" s="24"/>
+    </row>
+    <row r="33" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B33" s="22"/>
+      <c r="C33" s="22"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="22"/>
+      <c r="F33" s="24"/>
+      <c r="G33" s="17"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+      <c r="K33" s="18"/>
+      <c r="L33" s="18"/>
+      <c r="M33" s="18"/>
+      <c r="N33" s="18"/>
+      <c r="O33" s="20"/>
+      <c r="P33" s="21"/>
+      <c r="Q33" s="18"/>
+      <c r="R33" s="18"/>
+      <c r="S33" s="18"/>
+      <c r="T33" s="23"/>
+      <c r="U33" s="22"/>
+      <c r="V33" s="22"/>
+      <c r="W33" s="22"/>
+      <c r="X33" s="24"/>
+      <c r="Y33" s="21"/>
+      <c r="Z33" s="18"/>
+      <c r="AA33" s="18"/>
+      <c r="AB33" s="18"/>
+      <c r="AC33" s="23"/>
+      <c r="AD33" s="22"/>
+      <c r="AE33" s="22"/>
+      <c r="AF33" s="22"/>
+      <c r="AG33" s="24"/>
+    </row>
+    <row r="34" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B34" s="22"/>
+      <c r="C34" s="22"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="22"/>
+      <c r="F34" s="24"/>
+      <c r="G34" s="17"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+      <c r="K34" s="18"/>
+      <c r="L34" s="18"/>
+      <c r="M34" s="18"/>
+      <c r="N34" s="18"/>
+      <c r="O34" s="20"/>
+      <c r="P34" s="21"/>
+      <c r="Q34" s="18"/>
+      <c r="R34" s="18"/>
+      <c r="S34" s="18"/>
+      <c r="T34" s="23"/>
+      <c r="U34" s="22"/>
+      <c r="V34" s="22"/>
+      <c r="W34" s="22"/>
+      <c r="X34" s="24"/>
+      <c r="Y34" s="21"/>
+      <c r="Z34" s="18"/>
+      <c r="AA34" s="18"/>
+      <c r="AB34" s="18"/>
+      <c r="AC34" s="23"/>
+      <c r="AD34" s="22"/>
+      <c r="AE34" s="22"/>
+      <c r="AF34" s="22"/>
+      <c r="AG34" s="24"/>
+    </row>
+    <row r="35" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B35" s="22"/>
+      <c r="C35" s="22"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="24"/>
+      <c r="G35" s="17"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+      <c r="K35" s="18"/>
+      <c r="L35" s="18"/>
+      <c r="M35" s="18"/>
+      <c r="N35" s="18"/>
+      <c r="O35" s="20"/>
+      <c r="P35" s="21"/>
+      <c r="Q35" s="18"/>
+      <c r="R35" s="18"/>
+      <c r="S35" s="18"/>
+      <c r="T35" s="23"/>
+      <c r="U35" s="22"/>
+      <c r="V35" s="22"/>
+      <c r="W35" s="22"/>
+      <c r="X35" s="24"/>
+      <c r="Y35" s="21"/>
+      <c r="Z35" s="18"/>
+      <c r="AA35" s="18"/>
+      <c r="AB35" s="18"/>
+      <c r="AC35" s="23"/>
+      <c r="AD35" s="22"/>
+      <c r="AE35" s="22"/>
+      <c r="AF35" s="22"/>
+      <c r="AG35" s="24"/>
+    </row>
+    <row r="36" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B36" s="22"/>
+      <c r="C36" s="22"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="22"/>
+      <c r="F36" s="24"/>
+      <c r="G36" s="17"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+      <c r="K36" s="18"/>
+      <c r="L36" s="18"/>
+      <c r="M36" s="18"/>
+      <c r="N36" s="18"/>
+      <c r="O36" s="20"/>
+      <c r="P36" s="21"/>
+      <c r="Q36" s="18"/>
+      <c r="R36" s="18"/>
+      <c r="S36" s="18"/>
+      <c r="T36" s="23"/>
+      <c r="U36" s="22"/>
+      <c r="V36" s="22"/>
+      <c r="W36" s="22"/>
+      <c r="X36" s="24"/>
+      <c r="Y36" s="21"/>
+      <c r="Z36" s="18"/>
+      <c r="AA36" s="18"/>
+      <c r="AB36" s="18"/>
+      <c r="AC36" s="23"/>
+      <c r="AD36" s="22"/>
+      <c r="AE36" s="22"/>
+      <c r="AF36" s="22"/>
+      <c r="AG36" s="24"/>
+    </row>
+    <row r="37" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B37" s="22"/>
+      <c r="C37" s="22"/>
+      <c r="D37" s="23"/>
+      <c r="E37" s="22"/>
+      <c r="F37" s="24"/>
+      <c r="G37" s="17"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+      <c r="K37" s="18"/>
+      <c r="L37" s="18"/>
+      <c r="M37" s="18"/>
+      <c r="N37" s="18"/>
+      <c r="O37" s="20"/>
+      <c r="P37" s="21"/>
+      <c r="Q37" s="18"/>
+      <c r="R37" s="18"/>
+      <c r="S37" s="18"/>
+      <c r="T37" s="23"/>
+      <c r="U37" s="22"/>
+      <c r="V37" s="22"/>
+      <c r="W37" s="22"/>
+      <c r="X37" s="24"/>
+      <c r="Y37" s="21"/>
+      <c r="Z37" s="18"/>
+      <c r="AA37" s="18"/>
+      <c r="AB37" s="18"/>
+      <c r="AC37" s="23"/>
+      <c r="AD37" s="22"/>
+      <c r="AE37" s="22"/>
+      <c r="AF37" s="22"/>
+      <c r="AG37" s="24"/>
+    </row>
+    <row r="38" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B38" s="22"/>
+      <c r="C38" s="22"/>
+      <c r="D38" s="23"/>
+      <c r="E38" s="22"/>
+      <c r="F38" s="24"/>
+      <c r="G38" s="17"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+      <c r="K38" s="18"/>
+      <c r="L38" s="18"/>
+      <c r="M38" s="18"/>
+      <c r="N38" s="18"/>
+      <c r="O38" s="20"/>
+      <c r="P38" s="21"/>
+      <c r="Q38" s="18"/>
+      <c r="R38" s="18"/>
+      <c r="S38" s="18"/>
+      <c r="T38" s="23"/>
+      <c r="U38" s="22"/>
+      <c r="V38" s="22"/>
+      <c r="W38" s="22"/>
+      <c r="X38" s="24"/>
+      <c r="Y38" s="21"/>
+      <c r="Z38" s="18"/>
+      <c r="AA38" s="18"/>
+      <c r="AB38" s="18"/>
+      <c r="AC38" s="23"/>
+      <c r="AD38" s="22"/>
+      <c r="AE38" s="22"/>
+      <c r="AF38" s="22"/>
+      <c r="AG38" s="24"/>
+    </row>
+    <row r="39" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B39" s="22"/>
+      <c r="C39" s="22"/>
+      <c r="D39" s="23"/>
+      <c r="E39" s="22"/>
+      <c r="F39" s="24"/>
+      <c r="G39" s="17"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+      <c r="K39" s="18"/>
+      <c r="L39" s="18"/>
+      <c r="M39" s="18"/>
+      <c r="N39" s="18"/>
+      <c r="O39" s="20"/>
+      <c r="P39" s="21"/>
+      <c r="Q39" s="18"/>
+      <c r="R39" s="18"/>
+      <c r="S39" s="18"/>
+      <c r="T39" s="23"/>
+      <c r="U39" s="22"/>
+      <c r="V39" s="22"/>
+      <c r="W39" s="22"/>
+      <c r="X39" s="24"/>
+      <c r="Y39" s="21"/>
+      <c r="Z39" s="18"/>
+      <c r="AA39" s="18"/>
+      <c r="AB39" s="18"/>
+      <c r="AC39" s="23"/>
+      <c r="AD39" s="22"/>
+      <c r="AE39" s="22"/>
+      <c r="AF39" s="22"/>
+      <c r="AG39" s="24"/>
+    </row>
+    <row r="40" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B40" s="22"/>
+      <c r="C40" s="22"/>
+      <c r="D40" s="23"/>
+      <c r="E40" s="22"/>
+      <c r="F40" s="24"/>
+      <c r="G40" s="17"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+      <c r="K40" s="18"/>
+      <c r="L40" s="18"/>
+      <c r="M40" s="18"/>
+      <c r="N40" s="18"/>
+      <c r="O40" s="20"/>
+      <c r="P40" s="21"/>
+      <c r="Q40" s="18"/>
+      <c r="R40" s="18"/>
+      <c r="S40" s="18"/>
+      <c r="T40" s="23"/>
+      <c r="U40" s="22"/>
+      <c r="V40" s="22"/>
+      <c r="W40" s="22"/>
+      <c r="X40" s="24"/>
+      <c r="Y40" s="21"/>
+      <c r="Z40" s="18"/>
+      <c r="AA40" s="18"/>
+      <c r="AB40" s="18"/>
+      <c r="AC40" s="23"/>
+      <c r="AD40" s="22"/>
+      <c r="AE40" s="22"/>
+      <c r="AF40" s="22"/>
+      <c r="AG40" s="24"/>
+    </row>
+    <row r="41" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B41" s="22"/>
+      <c r="C41" s="22"/>
+      <c r="D41" s="23"/>
+      <c r="E41" s="22"/>
+      <c r="F41" s="24"/>
+      <c r="G41" s="17"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+      <c r="K41" s="18"/>
+      <c r="L41" s="18"/>
+      <c r="M41" s="18"/>
+      <c r="N41" s="18"/>
+      <c r="O41" s="20"/>
+      <c r="P41" s="21"/>
+      <c r="Q41" s="18"/>
+      <c r="R41" s="18"/>
+      <c r="S41" s="18"/>
+      <c r="T41" s="23"/>
+      <c r="U41" s="22"/>
+      <c r="V41" s="22"/>
+      <c r="W41" s="22"/>
+      <c r="X41" s="24"/>
+      <c r="Y41" s="21"/>
+      <c r="Z41" s="18"/>
+      <c r="AA41" s="18"/>
+      <c r="AB41" s="18"/>
+      <c r="AC41" s="23"/>
+      <c r="AD41" s="22"/>
+      <c r="AE41" s="22"/>
+      <c r="AF41" s="22"/>
+      <c r="AG41" s="24"/>
+    </row>
+    <row r="42" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B42" s="22"/>
+      <c r="C42" s="22"/>
+      <c r="D42" s="23"/>
+      <c r="E42" s="22"/>
+      <c r="F42" s="24"/>
+      <c r="G42" s="17"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+      <c r="K42" s="18"/>
+      <c r="L42" s="18"/>
+      <c r="M42" s="18"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="20"/>
+      <c r="P42" s="21"/>
+      <c r="Q42" s="18"/>
+      <c r="R42" s="18"/>
+      <c r="S42" s="18"/>
+      <c r="T42" s="23"/>
+      <c r="U42" s="22"/>
+      <c r="V42" s="22"/>
+      <c r="W42" s="22"/>
+      <c r="X42" s="24"/>
+      <c r="Y42" s="21"/>
+      <c r="Z42" s="18"/>
+      <c r="AA42" s="18"/>
+      <c r="AB42" s="18"/>
+      <c r="AC42" s="23"/>
+      <c r="AD42" s="22"/>
+      <c r="AE42" s="22"/>
+      <c r="AF42" s="22"/>
+      <c r="AG42" s="24"/>
+    </row>
+    <row r="43" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="B43" s="22"/>
+      <c r="C43" s="22"/>
+      <c r="D43" s="23"/>
+      <c r="E43" s="22"/>
+      <c r="F43" s="24"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+      <c r="K43" s="18"/>
+      <c r="L43" s="18"/>
+      <c r="M43" s="18"/>
+      <c r="N43" s="18"/>
+      <c r="O43" s="20"/>
+      <c r="P43" s="21"/>
+      <c r="Q43" s="18"/>
+      <c r="R43" s="18"/>
+      <c r="S43" s="18"/>
+      <c r="T43" s="23"/>
+      <c r="U43" s="22"/>
+      <c r="V43" s="22"/>
+      <c r="W43" s="22"/>
+      <c r="X43" s="24"/>
+      <c r="Y43" s="21"/>
+      <c r="Z43" s="18"/>
+      <c r="AA43" s="18"/>
+      <c r="AB43" s="18"/>
+      <c r="AC43" s="23"/>
+      <c r="AD43" s="22"/>
+      <c r="AE43" s="22"/>
+      <c r="AF43" s="22"/>
+      <c r="AG43" s="24"/>
+    </row>
+    <row r="44" spans="2:33" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="22"/>
+      <c r="C44" s="26"/>
+      <c r="D44" s="27"/>
+      <c r="E44" s="26"/>
+      <c r="F44" s="24"/>
+      <c r="G44" s="84"/>
+      <c r="H44" s="75"/>
+      <c r="I44" s="75"/>
+      <c r="J44" s="18"/>
+      <c r="K44" s="75"/>
+      <c r="L44" s="75"/>
+      <c r="M44" s="75"/>
+      <c r="N44" s="75"/>
+      <c r="O44" s="85"/>
+      <c r="P44" s="74"/>
+      <c r="Q44" s="75"/>
+      <c r="R44" s="75"/>
+      <c r="S44" s="75"/>
+      <c r="T44" s="76"/>
+      <c r="U44" s="77"/>
+      <c r="V44" s="77"/>
+      <c r="W44" s="77"/>
+      <c r="X44" s="78"/>
+      <c r="Y44" s="74"/>
+      <c r="Z44" s="75"/>
+      <c r="AA44" s="75"/>
+      <c r="AB44" s="75"/>
+      <c r="AC44" s="76"/>
+      <c r="AD44" s="77"/>
+      <c r="AE44" s="77"/>
+      <c r="AF44" s="77"/>
+      <c r="AG44" s="78"/>
+    </row>
+    <row r="45" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="D45" s="31"/>
+      <c r="E45" s="31"/>
+      <c r="N45" s="30"/>
+      <c r="O45" s="30"/>
+    </row>
+    <row r="46" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="D46" s="31"/>
+      <c r="E46" s="31"/>
+      <c r="N46" s="30"/>
+      <c r="O46" s="30"/>
+    </row>
+    <row r="47" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="F47" s="30"/>
+    </row>
+    <row r="48" spans="2:33" x14ac:dyDescent="0.3">
+      <c r="F48" s="30"/>
+    </row>
+    <row r="49" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F49" s="30"/>
+    </row>
+    <row r="50" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F50" s="30"/>
+    </row>
+    <row r="51" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F51" s="30"/>
+    </row>
+    <row r="52" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F52" s="30"/>
+    </row>
+    <row r="53" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F53" s="30"/>
+    </row>
+    <row r="54" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F54" s="30"/>
+    </row>
+    <row r="55" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F55" s="30"/>
+    </row>
+    <row r="61" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F61" s="30"/>
+    </row>
+    <row r="62" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F62" s="30"/>
+    </row>
+    <row r="63" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F63" s="30"/>
+    </row>
+    <row r="64" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F64" s="30"/>
+    </row>
+    <row r="65" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F65" s="30"/>
+    </row>
+    <row r="66" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F66" s="30"/>
+    </row>
+    <row r="67" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F67" s="30"/>
+    </row>
+    <row r="68" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F68" s="30"/>
+    </row>
+    <row r="69" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F69" s="30"/>
+    </row>
+    <row r="70" spans="6:6" x14ac:dyDescent="0.3">
+      <c r="F70" s="30"/>
     </row>
   </sheetData>
-  <mergeCells count="27">
-[...26 lines deleted...]
-    <mergeCell ref="C7:D7"/>
+  <sheetProtection autoFilter="0" pivotTables="0"/>
+  <mergeCells count="20">
+    <mergeCell ref="J9:M9"/>
+    <mergeCell ref="N9:S9"/>
+    <mergeCell ref="T9:V9"/>
+    <mergeCell ref="W9:X9"/>
+    <mergeCell ref="J6:X6"/>
+    <mergeCell ref="J7:M7"/>
+    <mergeCell ref="N7:X7"/>
+    <mergeCell ref="J8:M8"/>
+    <mergeCell ref="N8:X8"/>
+    <mergeCell ref="G12:O13"/>
+    <mergeCell ref="B12:F13"/>
+    <mergeCell ref="J10:M10"/>
+    <mergeCell ref="N10:S10"/>
+    <mergeCell ref="T10:V10"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="P12:AG12"/>
+    <mergeCell ref="P13:S13"/>
+    <mergeCell ref="T13:X13"/>
+    <mergeCell ref="Y13:AB13"/>
+    <mergeCell ref="AC13:AG13"/>
   </mergeCells>
-  <conditionalFormatting sqref="D24">
-[...56 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <dataValidations xWindow="1680" yWindow="558" count="17">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Fecha de la auditoría" prompt="Ingrese la fecha en la que se emitió el informe final en formato dd/mm/aaaa." sqref="D45:E46 D16:D44" xr:uid="{F11E2793-85BE-A44F-81F5-AC8DD6CE33C7}">
+      <formula1>45292</formula1>
+      <formula2>73415</formula2>
+    </dataValidation>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Nombre del informe" prompt="Indique el nombre del informe en el que se encontró la situación." sqref="B17:B44 C16:C44" xr:uid="{4466BDD6-18EC-4642-8288-7AD71EB2B172}"/>
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Número" prompt="Coloque el número de hallazgo que corresponda." sqref="G16:G44" xr:uid="{F51499DC-02FD-6640-8778-40871109ECD3}">
+      <formula1>1</formula1>
+      <formula2>200</formula2>
+    </dataValidation>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Descripción de la situación " prompt="Señale cuál fue el hallazgo encontrado." sqref="H16:H44" xr:uid="{57203B1F-A637-4449-BE98-E50CA7C0769B}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Descripción de la acción" prompt="Ingrese las actividades que su proceso desarrollará para atender la causa del hallazgo. Ejemplo: capacitación, ajuste de procedimiento, verificación periódica, etc." sqref="K16:K44" xr:uid="{A81CD23E-3ED0-1C4C-803A-8DBB0980A2BA}"/>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Fecha de inicio" prompt="Ingrese la fecha desde la cual comenzará a ejecutar la acción en formato dd/mm/aaaa." sqref="L16:L44" xr:uid="{16E22DE3-7835-D040-9377-2DE45BAED172}">
+      <formula1>45292</formula1>
+      <formula2>73415</formula2>
+    </dataValidation>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Fecha de terminación" prompt="Ingrese la fecha hasta la cual ejecutará la acción en formato dd/mm/aaaa." sqref="M16:M44" xr:uid="{2428A6CC-CB70-6445-BE9E-BD3CCA4E1814}">
+      <formula1>45292</formula1>
+      <formula2>73415</formula2>
+    </dataValidation>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Evidencia de cumplimiento" prompt="Relacione el producto que generará la acción a implementar. Ejemplo: ayudas de memoria, documentos revisados, etc." sqref="O16:O44" xr:uid="{9715B50C-B1B9-3441-BB73-10AE549129B1}"/>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Fecha de diligenciamiento" prompt="Ingrese la fecha en la cual está realizando monitoreo de la acción, en formato dd/mm/aaaa." sqref="Y16:Y44 P16:P44" xr:uid="{1A0BCF68-540D-6F47-954B-F4E2318C735B}">
+      <formula1>45292</formula1>
+      <formula2>73415</formula2>
+    </dataValidation>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Monitoreo" prompt="Describa el avance de la ejecución de la acción." sqref="Q16:Q44 Z16:Z44" xr:uid="{EE8BF6B2-90B0-F44F-BFBE-6C81D0B78D43}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="% de avance" prompt="Defina un porcentaje de avance de lo ejecutado a la fecha de diligenciamiento, con respecto a lo programado." sqref="AA16:AA44 R16:R44" xr:uid="{0DEE09E9-A85F-C149-A689-9135CFCD874E}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Evidencia" prompt="Indique qué soportes remite como evidencia de la ejecución de la acción." sqref="S16:S44 AB16:AB44" xr:uid="{3FE34926-1A8C-9841-9D96-858729A557E9}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Observaciones" prompt="Consigne observaciones cualitativas relacionadas con el avance, cumplimiento o efectividad de la acción, así como recomendaciones adicionales si aplica." sqref="V16:V44 AE16:AE44" xr:uid="{C18216DD-B428-CD47-90B8-CF2019AC542A}"/>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Fecha de seguimiento" prompt="Ingrese la fecha en la cual está realizando el seguimiento de la acción, en formato dd/mm/aaaa." sqref="AC16:AC44 T16:T44" xr:uid="{E7834CA8-21ED-DD46-A6FC-36551340C74D}">
+      <formula1>45292</formula1>
+      <formula2>73415</formula2>
+    </dataValidation>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Recomendación de Control Interno" prompt="Señale cuál fue la recomendación que dio el GIT de Control Interno frente a este hallazgo." sqref="I16:I44" xr:uid="{BE486CC5-C3FC-A540-94FA-9CF6E8F8AB7E}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Unidad Auditable" prompt="Ingrese la Unidad Auditable (ejemplo: procedimientos, proyectos, etc.). En caso de que la Unidad Auditable sea un proceso, deje en blanco este campo._x000a_" sqref="E16:E44" xr:uid="{D541B1D7-7578-654E-B79F-32EE5F3A10B0}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Causa de la situación encontrada" prompt="Identifique y señale la causa raíz del hallazgo." sqref="J16:J44" xr:uid="{4BCD7530-1ED6-42E2-A7F5-36882B6EF350}"/>
+  </dataValidations>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="17" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;C&amp;G</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId4"/>
+  </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="1680" yWindow="558" count="6">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tipo de informe" prompt="Seleccione el tipo de informe en el que se encontró la situación." xr:uid="{36A40576-C6E2-1E47-AF10-9F308A4C8362}">
+          <x14:formula1>
+            <xm:f>Información!$C$15:$C$17</xm:f>
+          </x14:formula1>
+          <xm:sqref>B16</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Tipo de Seguimiento" prompt="Seleccione el seguimiento a realizar con respecto a la acción formulada." xr:uid="{E3CFDB5B-6685-9D47-AFC2-9F7DEFB917DE}">
+          <x14:formula1>
+            <xm:f>Información!$F$20:$F$22</xm:f>
+          </x14:formula1>
+          <xm:sqref>U16:U44 AD16:AD44</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Resultado" prompt="Seleccione el resultado del seguimiento, indicando si la acción presenta cumplimiento, incumplimiento, efectividad o inefectividad, según corresponda." xr:uid="{6AD684C9-5CAA-D542-B4A0-4DE4BB720ADE}">
+          <x14:formula1>
+            <xm:f>Información!$F$29:$F$32</xm:f>
+          </x14:formula1>
+          <xm:sqref>X16:X44 AG16:AG44</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Estado" prompt="Seleccione el estado de la acción una vez realizado el seguimiento." xr:uid="{6A8D53CB-A104-BB4A-AD4B-1A64231CB355}">
+          <x14:formula1>
+            <xm:f>Información!$F$25:$F$26</xm:f>
+          </x14:formula1>
+          <xm:sqref>W16:W44 AF16:AF44</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Responsable del cumplimiento" prompt="Indique el Grupo Interno de Trabajo responsable del cumplimiento de la acción establecida. En caso de que sea más de uno, seleccione el Superior Jerárquico." xr:uid="{FF940E74-77DF-3E47-843E-09806D492253}">
+          <x14:formula1>
+            <xm:f>Información!$B$20:$B$39</xm:f>
+          </x14:formula1>
+          <xm:sqref>N16:N44</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Proceso auditado" prompt="Seleccione el proceso auditado o el que operativiza la unidad auditable." xr:uid="{76FD312E-11C9-C64C-B7BC-299526572A2B}">
+          <x14:formula1>
+            <xm:f>Información!$C$2:$C$12</xm:f>
+          </x14:formula1>
+          <xm:sqref>F16:F44</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Rangos con nombre</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>INSTRUCTIVO</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Información</vt:lpstr>
+      <vt:lpstr>Instructivo V8</vt:lpstr>
+      <vt:lpstr>Formato PM V8</vt:lpstr>
+      <vt:lpstr>'Formato PM V8'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Daniela Perez Ortiz - GIT de Control Interno</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>ASUS</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>