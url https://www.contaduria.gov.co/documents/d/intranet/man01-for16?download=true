--- v0 (2025-12-05)
+++ v1 (2026-03-30)
@@ -123,76 +123,77 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6492B23D" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="003C268F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9629" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="667"/>
         <w:gridCol w:w="7313"/>
         <w:gridCol w:w="1649"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="61D4C4F6" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="61D4C4F6" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ACCA899" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -222,51 +223,51 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>DOCUMENTOS RELACIONADOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12BFC427" w14:textId="30E5E91E" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -286,100 +287,100 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>NO CUMPLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="01FE34AA" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="01FE34AA" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A95056F" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>DOCUMENTOS PRECONTRACTUALES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="483C929F" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="483C929F" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10372039" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -404,76 +405,76 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Solicitud de contratación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6791321E" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="5DA77039" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="5DA77039" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D1C2EA" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -498,76 +499,76 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de inexistencia de personal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E78DC47" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="6E0EA24C" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="6E0EA24C" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B893224" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -592,76 +593,76 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Concepto jurídico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FBA6DAF" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="03628E51" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="03628E51" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427521A4" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -686,76 +687,76 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Estudio Previo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="494BFE2B" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="6FB31468" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="6FB31468" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76FA72F8" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -780,76 +781,76 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de disponibilidad presupuestal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A7B1A77" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="341B21D7" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="341B21D7" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4422C288" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -874,119 +875,119 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Matriz de riesgo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B1307B2" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="3736B453" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="3736B453" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FEDF758" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>DOCUMENTOS DEL ASPIRANTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="74612F83" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="74612F83" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48B0A753" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -1024,76 +1025,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Hoja de vida de la Función Pública (Decreto nro. 2106 de 22 de noviembre de 2019) relacionar la experiencia laboral según como este en los certificados laborales, que coincidan las fechas y el cargo, la formación académica debe ir soportada por las actas de grado o diplomas, si anexa cursos deben ir relacionados en la hoja de vida todo debe coincidir</w:t>
             </w:r>
             <w:r w:rsidR="003C5287">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4908DF09" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="47398B04" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="47398B04" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F68AD39" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="00591833" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk209536961"/>
             <w:r w:rsidRPr="00591833">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
@@ -1230,77 +1231,77 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00591833">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>En los demás casos, este requisito no será aplicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5537580B" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="7C0D9CDE" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="7C0D9CDE" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0596FD4F" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -1351,76 +1352,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="399DF6B0" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="0324520A" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="0324520A" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3147F62C" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -1447,76 +1448,76 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">Soportes laborales incluidos en la hoja de vida. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E54B805" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="3A1F2370" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="3A1F2370" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="236C0248" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -1553,107 +1554,106 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Fotocopia de la cédula de ciudadanía</w:t>
             </w:r>
             <w:r w:rsidR="003C5287">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C5A9550" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="28ABABE7" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="28ABABE7" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="579F4AFD" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7313" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="150CBACF" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -1685,182 +1685,183 @@
                   <w:i w:val="0"/>
                   <w:iCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="es-CO"/>
                 </w:rPr>
                 <w:t>https://www.libretamilitar.mil.co</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24674415" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="37422366" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="37422366" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CEE8153" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7313" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44E44723" w14:textId="21AFACD3" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Tarjeta profesional</w:t>
             </w:r>
             <w:r w:rsidR="003C5287">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0489D878" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="31853963" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="31853963" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F54D58B" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -1898,76 +1899,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de antecedentes judiciales (Policía nacional)</w:t>
             </w:r>
             <w:r w:rsidR="003C5287">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0338B505" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="5E285E74" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="5E285E74" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EF76A20" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2005,76 +2006,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de antecedentes disciplinarios (Procuraduría)</w:t>
             </w:r>
             <w:r w:rsidR="003C5287">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="602A9F26" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="4C926943" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="4C926943" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DBC6653" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2111,76 +2112,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de responsables fiscales (Contraloría)</w:t>
             </w:r>
             <w:r w:rsidR="003C5287">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="704CC79B" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="154679F2" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="003C268F" w:rsidRPr="003C268F" w14:paraId="154679F2" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27DD152B" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2217,76 +2218,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de Medidas Correctivas (Policía nacional)</w:t>
             </w:r>
             <w:r w:rsidR="003C5287">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7BE67E" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="00981368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="33B333E0" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="33B333E0" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC0EA4B" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2323,76 +2324,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de Registro de Deudores Alimentarios Morosos – REDAM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01BC6674" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="58736011" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="58736011" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CD9FA01" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2429,76 +2430,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>PACO – Portal anticorrupción de Colombia</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EDCD20F" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="24B6F752" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="24B6F752" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D39451D" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2535,76 +2536,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de antecedentes disciplinarios de la profesión (Ej.: Abogados, CSJ; Contadores, JCC; Ingenieros, COPNIA)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="762C8353" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="576F343A" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="576F343A" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A3ADB7C" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2641,76 +2642,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de afiliación al sistema de seguridad Social en salud como independiente</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>s.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BFBD6E1" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="7465C0D7" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="7465C0D7" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="603381A4" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2747,76 +2748,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Certificado de afiliación al sistema de seguridad social en pensiones como independiente</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54B30F7B" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="1E7A5622" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="1E7A5622" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EA3EC2A" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2853,76 +2854,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Afiliación ARL la cual es responsabilidad del contratista</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5849B38F" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="6FB459C6" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="6FB459C6" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56472061" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -2947,76 +2948,76 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">Examen Pre-ocupacional (Decreto 723 de 2013). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27D3496B" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="5C0831A9" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="5C0831A9" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74E4F1D8" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3053,76 +3054,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>R.U.T. expedido por la DIAN (Actualizado)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51BD08D2" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="120FF9F3" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="120FF9F3" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41660446" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3171,76 +3172,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1043BF56" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="283EEA46" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="283EEA46" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F49022" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3277,76 +3278,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Formato de registro de cuenta (SIIF) debidamente diligenciado (Contratistas nuevos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6692C93C" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="2AA521EE" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="2AA521EE" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10AE535A" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3395,76 +3396,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1260E7B1" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="0B736E25" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="0B736E25" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C137CE2" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3501,76 +3502,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Constancia de registro en SECOP II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D383C8" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="5B53B168" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="5B53B168" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="665536CA" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3607,117 +3608,117 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Propuesta económica</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E01EFA6" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="45846E86" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="45846E86" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="017A2259" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>DOCUMENTOS CONTRACTUALES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="0ADFAABC" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="0ADFAABC" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0490DB62" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3754,76 +3755,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Clausulado contractual</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70B27FD9" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="4D12B688" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="4D12B688" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41A5AE5C" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3860,76 +3861,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Constancia de firma den SECOP II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="183F3CF8" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="34BC07BB" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="34BC07BB" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61F16156" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -3966,76 +3967,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Solicitud de afiliación ARL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41ECCE88" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="3E63E458" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="3E63E458" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C815FFC" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -4072,76 +4073,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Registro Presupuestal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53640014" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="57509C17" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="57509C17" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="193BDF16" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -4178,76 +4179,76 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Póliza y aprobación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33B58F8B" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="6FD6BC14" w14:textId="77777777" w:rsidTr="00992514">
+      <w:tr w:rsidR="00992514" w:rsidRPr="003C268F" w14:paraId="6FD6BC14" w14:textId="77777777" w:rsidTr="00B346CC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="667" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A80FAF7" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C268F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
@@ -4284,116 +4285,116 @@
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>Acta de inicio</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23CFA417" w14:textId="77777777" w:rsidR="00992514" w:rsidRPr="003C268F" w:rsidRDefault="00992514" w:rsidP="00992514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1BFA2E2C" w14:textId="77777777" w:rsidR="003C268F" w:rsidRPr="003C268F" w:rsidRDefault="003C268F" w:rsidP="003C268F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E7EAEF9" w14:textId="77777777" w:rsidR="0044073E" w:rsidRPr="003C268F" w:rsidRDefault="0044073E" w:rsidP="008C2908">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0044073E" w:rsidRPr="003C268F" w:rsidSect="00B34BB2">
+    <w:sectPr w:rsidR="0044073E" w:rsidRPr="003C268F" w:rsidSect="00001730">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="1701" w:right="900" w:bottom="1701" w:left="1701" w:header="227" w:footer="1701" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="900" w:bottom="1701" w:left="1701" w:header="0" w:footer="1701" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2595C0E8" w14:textId="77777777" w:rsidR="00785217" w:rsidRDefault="00785217">
+    <w:p w14:paraId="0FDDAD4A" w14:textId="77777777" w:rsidR="00700C93" w:rsidRDefault="00700C93">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B70DC1A" w14:textId="77777777" w:rsidR="00785217" w:rsidRDefault="00785217">
+    <w:p w14:paraId="29A0C7B1" w14:textId="77777777" w:rsidR="00700C93" w:rsidRDefault="00700C93">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4448,345 +4449,117 @@
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Code3of9">
-    <w:altName w:val="Calibri"/>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2A6017BC" w14:textId="378CC7B3" w:rsidR="0070396F" w:rsidRDefault="000F0981">
+  <w:p w14:paraId="2A6017BC" w14:textId="60808B32" w:rsidR="0070396F" w:rsidRDefault="006A2719">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         <w:noProof/>
-        <w:sz w:val="24"/>
-[...226 lines deleted...]
-        <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="751B8AB6" wp14:editId="2342109D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E68DB6D" wp14:editId="32C0E48E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:align>left</wp:align>
+            <wp:posOffset>752475</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>31750</wp:posOffset>
+            <wp:posOffset>81915</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7799603" cy="803082"/>
+          <wp:extent cx="6526521" cy="1008000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="876000546" name="Imagen 2" descr="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente"/>
+          <wp:docPr id="1103996678" name="Imagen 2" descr="Interfaz de usuario gráfica, Texto, Aplicación, Chat o mensaje de texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="876000546" name="Imagen 2" descr="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente"/>
+                  <pic:cNvPr id="1965773188" name="Imagen 2" descr="Interfaz de usuario gráfica, Texto, Aplicación, Chat o mensaje de texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7799603" cy="803082"/>
+                    <a:ext cx="6526521" cy="1008000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D3DBE6C" w14:textId="77777777" w:rsidR="002355B9" w:rsidRDefault="002355B9" w:rsidP="002355B9">
     <w:pPr>
@@ -4843,247 +4616,249 @@
         <w:szCs w:val="21"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:iCs/>
         <w:noProof/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19E713A4" wp14:editId="50E942CF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-127635</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>53975</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6086475" cy="933450"/>
           <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="379647910" name="11 Imagen" descr="1.jpg"/>
+          <wp:docPr id="1235741350" name="11 Imagen" descr="1.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="1.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6086475" cy="933450"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="083E2362" w14:textId="77777777" w:rsidR="00785217" w:rsidRDefault="00785217">
+    <w:p w14:paraId="25158DAF" w14:textId="77777777" w:rsidR="00700C93" w:rsidRDefault="00700C93">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A7D8120" w14:textId="77777777" w:rsidR="00785217" w:rsidRDefault="00785217">
+    <w:p w14:paraId="7A068B26" w14:textId="77777777" w:rsidR="00700C93" w:rsidRDefault="00700C93">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblInd w:w="-426" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3046"/>
       <w:gridCol w:w="2381"/>
       <w:gridCol w:w="2215"/>
       <w:gridCol w:w="1997"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="5E067451" w14:textId="77777777" w:rsidTr="00A21726">
+    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="5E067451" w14:textId="77777777" w:rsidTr="00B346CC">
       <w:trPr>
         <w:trHeight w:val="309"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
           <w:gridSpan w:val="4"/>
           <w:tcBorders>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="7039372C" w14:textId="77777777" w:rsidR="004678D1" w:rsidRDefault="004678D1" w:rsidP="004678D1">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00937D7D">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6ECBA430" wp14:editId="1566C664">
                 <wp:extent cx="5581650" cy="963930"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="768880393" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;Descripción generada automáticamente"/>
+                <wp:docPr id="223535549" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;Descripción generada automáticamente"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="291918386" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;Descripción generada automáticamente"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5581650" cy="963930"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="4B29027A" w14:textId="77777777" w:rsidTr="00A21726">
+    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="4B29027A" w14:textId="77777777" w:rsidTr="00B346CC">
       <w:trPr>
         <w:trHeight w:val="309"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
           <w:gridSpan w:val="4"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="38A91F78" w14:textId="7FC89FDB" w:rsidR="004678D1" w:rsidRPr="00040CFB" w:rsidRDefault="004678D1" w:rsidP="004678D1">
+        <w:p w14:paraId="38A91F78" w14:textId="7FC89FDB" w:rsidR="004678D1" w:rsidRPr="00040CFB" w:rsidRDefault="004678D1" w:rsidP="00B346CC">
           <w:pPr>
+            <w:ind w:left="-498" w:firstLine="498"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C268F">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>LISTA DE CHEQUEO CONTRATACIÓN DIRECTA</w:t>
           </w:r>
           <w:r w:rsidR="004E665A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> PERSONA NATURAL</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="7A36A25B" w14:textId="77777777" w:rsidTr="00A21726">
+    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="7A36A25B" w14:textId="77777777" w:rsidTr="00B346CC">
       <w:trPr>
         <w:trHeight w:val="309"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1580" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="7F50F1E3" w14:textId="77777777" w:rsidR="004678D1" w:rsidRPr="004637B6" w:rsidRDefault="004678D1" w:rsidP="004678D1">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
@@ -5121,51 +4896,51 @@
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003A246E">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>GESTIÓN ADMINISTRATIVA</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="2DA16D93" w14:textId="77777777" w:rsidTr="00A21726">
+    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="2DA16D93" w14:textId="77777777" w:rsidTr="00B346CC">
       <w:trPr>
         <w:trHeight w:val="309"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1580" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="1CFF6B35" w14:textId="77777777" w:rsidR="004678D1" w:rsidRPr="004637B6" w:rsidRDefault="004678D1" w:rsidP="004678D1">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
@@ -5201,51 +4976,51 @@
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003A246E">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>MANUAL DE CONTRATACIÓN</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="3B77B69D" w14:textId="77777777" w:rsidTr="00A21726">
+    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="3B77B69D" w14:textId="77777777" w:rsidTr="00B346CC">
       <w:trPr>
         <w:trHeight w:val="526"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1580" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="24F558D3" w14:textId="77777777" w:rsidR="004678D1" w:rsidRPr="004637B6" w:rsidRDefault="004678D1" w:rsidP="004678D1">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
@@ -5368,136 +5143,86 @@
               <w:b/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003A246E">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>PÁGINA:</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="39E05939" w14:textId="77777777" w:rsidTr="00A21726">
+    <w:tr w:rsidR="004678D1" w:rsidRPr="00D90F17" w14:paraId="39E05939" w14:textId="77777777" w:rsidTr="00B346CC">
       <w:trPr>
         <w:trHeight w:val="325"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1580" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="7AA58205" w14:textId="6CFAA817" w:rsidR="004678D1" w:rsidRPr="004637B6" w:rsidRDefault="00AD3AD0" w:rsidP="004678D1">
+        <w:p w14:paraId="7AA58205" w14:textId="127CCEF5" w:rsidR="004678D1" w:rsidRPr="004637B6" w:rsidRDefault="00AC35DC" w:rsidP="004678D1">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
-            <w:t>2</w:t>
-[...49 lines deleted...]
-            <w:t>5</w:t>
+            <w:t>24/02/2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1235" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="3A79E39E" w14:textId="77777777" w:rsidR="004678D1" w:rsidRPr="003A246E" w:rsidRDefault="004678D1" w:rsidP="004678D1">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
@@ -5508,83 +5233,83 @@
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>MAN01-FOR16</w:t>
           </w:r>
           <w:bookmarkEnd w:id="2"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1149" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="711DEA27" w14:textId="55AD0AD7" w:rsidR="004678D1" w:rsidRPr="003A246E" w:rsidRDefault="004678D1" w:rsidP="004678D1">
+        <w:p w14:paraId="711DEA27" w14:textId="662EDD5C" w:rsidR="004678D1" w:rsidRPr="003A246E" w:rsidRDefault="004678D1" w:rsidP="004678D1">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003A246E">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
-          <w:r w:rsidR="003460D8" w:rsidRPr="003A246E">
+          <w:r w:rsidR="00AC35DC">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
-            <w:t>6</w:t>
+            <w:t>7</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1036" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="23ACDE7E" w14:textId="77777777" w:rsidR="004678D1" w:rsidRPr="003A246E" w:rsidRDefault="004678D1" w:rsidP="004678D1">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
@@ -5656,57 +5381,58 @@
               <w:i w:val="0"/>
               <w:iCs/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-ES" w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="003A246E">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="60C3F066" w14:textId="572D21EA" w:rsidR="009504F2" w:rsidRDefault="009504F2" w:rsidP="008C2908">
+  <w:p w14:paraId="60C3F066" w14:textId="572D21EA" w:rsidR="009504F2" w:rsidRPr="00AC35DC" w:rsidRDefault="009504F2" w:rsidP="008C2908">
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:rPr>
-        <w:rFonts w:ascii="Code3of9" w:hAnsi="Code3of9"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:i w:val="0"/>
-        <w:sz w:val="40"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4EDE1C02" w14:textId="54A6084D" w:rsidR="009504F2" w:rsidRDefault="009504F2" w:rsidP="00707ED7">
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:ind w:right="-6"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">                                                                                </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="39E557BD" w14:textId="77777777" w:rsidR="009504F2" w:rsidRDefault="009504F2" w:rsidP="006F058C">
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:ind w:right="-6"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8352,231 +8078,241 @@
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00247AA3"/>
+    <w:rsid w:val="00001730"/>
     <w:rsid w:val="00010708"/>
     <w:rsid w:val="00014AF0"/>
     <w:rsid w:val="00015174"/>
     <w:rsid w:val="00020BE3"/>
     <w:rsid w:val="0002377D"/>
     <w:rsid w:val="00044A75"/>
     <w:rsid w:val="00054B04"/>
     <w:rsid w:val="000673D2"/>
     <w:rsid w:val="000816D2"/>
     <w:rsid w:val="000A18C4"/>
     <w:rsid w:val="000A74FF"/>
     <w:rsid w:val="000B2594"/>
     <w:rsid w:val="000B2AA6"/>
     <w:rsid w:val="000B3E4F"/>
     <w:rsid w:val="000D0CD1"/>
     <w:rsid w:val="000D644F"/>
     <w:rsid w:val="000E2B26"/>
     <w:rsid w:val="000F0981"/>
     <w:rsid w:val="000F1BFD"/>
     <w:rsid w:val="000F7171"/>
     <w:rsid w:val="00103DA8"/>
     <w:rsid w:val="00111849"/>
     <w:rsid w:val="00125961"/>
     <w:rsid w:val="00132292"/>
     <w:rsid w:val="0015017B"/>
     <w:rsid w:val="00174C1D"/>
     <w:rsid w:val="00193BCE"/>
     <w:rsid w:val="001C2AB5"/>
     <w:rsid w:val="001C7FC9"/>
     <w:rsid w:val="001D224C"/>
     <w:rsid w:val="001D453F"/>
     <w:rsid w:val="001F4A2A"/>
     <w:rsid w:val="0020695F"/>
     <w:rsid w:val="00220FD5"/>
     <w:rsid w:val="0023547A"/>
     <w:rsid w:val="002355B9"/>
     <w:rsid w:val="00247AA3"/>
     <w:rsid w:val="00250CFA"/>
     <w:rsid w:val="00273EC0"/>
+    <w:rsid w:val="0029270E"/>
     <w:rsid w:val="002977AE"/>
     <w:rsid w:val="002B7A5C"/>
     <w:rsid w:val="002E4975"/>
     <w:rsid w:val="002F4D8E"/>
     <w:rsid w:val="002F5857"/>
     <w:rsid w:val="002F66A9"/>
     <w:rsid w:val="00300F8D"/>
     <w:rsid w:val="00306E4A"/>
     <w:rsid w:val="00306F8C"/>
     <w:rsid w:val="00331D43"/>
     <w:rsid w:val="00341A66"/>
+    <w:rsid w:val="00344A68"/>
     <w:rsid w:val="003460D8"/>
     <w:rsid w:val="00357601"/>
+    <w:rsid w:val="0036238C"/>
     <w:rsid w:val="00387A41"/>
     <w:rsid w:val="003A246E"/>
     <w:rsid w:val="003B01B1"/>
     <w:rsid w:val="003B36F7"/>
     <w:rsid w:val="003C268F"/>
     <w:rsid w:val="003C5287"/>
     <w:rsid w:val="003D25F0"/>
     <w:rsid w:val="003E25C8"/>
     <w:rsid w:val="003E7E2F"/>
     <w:rsid w:val="00400B75"/>
     <w:rsid w:val="004040D1"/>
     <w:rsid w:val="00413574"/>
     <w:rsid w:val="00432AD4"/>
     <w:rsid w:val="00434546"/>
     <w:rsid w:val="0044073E"/>
     <w:rsid w:val="004637B6"/>
     <w:rsid w:val="004678D1"/>
     <w:rsid w:val="00475F1E"/>
     <w:rsid w:val="0047744F"/>
     <w:rsid w:val="004A376E"/>
     <w:rsid w:val="004C1F7C"/>
     <w:rsid w:val="004D74B7"/>
     <w:rsid w:val="004D7E2A"/>
     <w:rsid w:val="004E257D"/>
     <w:rsid w:val="004E5B57"/>
     <w:rsid w:val="004E665A"/>
     <w:rsid w:val="00520418"/>
     <w:rsid w:val="00536D77"/>
     <w:rsid w:val="00564BB2"/>
     <w:rsid w:val="00577426"/>
     <w:rsid w:val="00591833"/>
     <w:rsid w:val="00592B38"/>
     <w:rsid w:val="0059774D"/>
     <w:rsid w:val="005B3415"/>
     <w:rsid w:val="005D4769"/>
     <w:rsid w:val="005E1B40"/>
     <w:rsid w:val="005E4C9D"/>
     <w:rsid w:val="006037A0"/>
     <w:rsid w:val="00630672"/>
     <w:rsid w:val="00645E0D"/>
     <w:rsid w:val="00657384"/>
     <w:rsid w:val="00657CC8"/>
     <w:rsid w:val="006634C1"/>
     <w:rsid w:val="006649DC"/>
     <w:rsid w:val="00667B55"/>
     <w:rsid w:val="0068177D"/>
     <w:rsid w:val="0068600D"/>
     <w:rsid w:val="00687B40"/>
     <w:rsid w:val="0069304E"/>
+    <w:rsid w:val="006A2719"/>
     <w:rsid w:val="006B1CD7"/>
     <w:rsid w:val="006E1FE1"/>
     <w:rsid w:val="006F058C"/>
     <w:rsid w:val="007005C8"/>
     <w:rsid w:val="00700806"/>
+    <w:rsid w:val="00700C93"/>
     <w:rsid w:val="0070396F"/>
     <w:rsid w:val="00707ED7"/>
     <w:rsid w:val="00722186"/>
     <w:rsid w:val="00727FA4"/>
     <w:rsid w:val="00747381"/>
     <w:rsid w:val="00757058"/>
     <w:rsid w:val="007632FE"/>
     <w:rsid w:val="00766D28"/>
     <w:rsid w:val="00785217"/>
     <w:rsid w:val="00795563"/>
     <w:rsid w:val="007A6CB3"/>
     <w:rsid w:val="007C5C2F"/>
     <w:rsid w:val="007C61C6"/>
     <w:rsid w:val="007D0798"/>
     <w:rsid w:val="00800F75"/>
     <w:rsid w:val="008204CA"/>
     <w:rsid w:val="00824EE2"/>
     <w:rsid w:val="00826EBD"/>
     <w:rsid w:val="00850CC0"/>
     <w:rsid w:val="008604B5"/>
     <w:rsid w:val="00860DF9"/>
     <w:rsid w:val="00862EAE"/>
     <w:rsid w:val="008A4D66"/>
     <w:rsid w:val="008B31A2"/>
     <w:rsid w:val="008B55FA"/>
     <w:rsid w:val="008B5BCF"/>
     <w:rsid w:val="008C19AF"/>
     <w:rsid w:val="008C2908"/>
     <w:rsid w:val="008C2979"/>
     <w:rsid w:val="008D4970"/>
     <w:rsid w:val="008F65F8"/>
     <w:rsid w:val="00905FAA"/>
     <w:rsid w:val="00930CE7"/>
     <w:rsid w:val="009504F2"/>
     <w:rsid w:val="00985B34"/>
     <w:rsid w:val="00992514"/>
     <w:rsid w:val="00994931"/>
     <w:rsid w:val="009958E9"/>
     <w:rsid w:val="00997380"/>
     <w:rsid w:val="009C2502"/>
     <w:rsid w:val="009D15DE"/>
     <w:rsid w:val="009F5E57"/>
     <w:rsid w:val="009F7E34"/>
     <w:rsid w:val="00A034FA"/>
     <w:rsid w:val="00A03F5D"/>
     <w:rsid w:val="00A21367"/>
     <w:rsid w:val="00A419C5"/>
     <w:rsid w:val="00A56CB7"/>
     <w:rsid w:val="00A70787"/>
+    <w:rsid w:val="00AB27DF"/>
     <w:rsid w:val="00AC13A6"/>
+    <w:rsid w:val="00AC35DC"/>
     <w:rsid w:val="00AC7537"/>
     <w:rsid w:val="00AD179E"/>
     <w:rsid w:val="00AD3A44"/>
     <w:rsid w:val="00AD3AD0"/>
     <w:rsid w:val="00AD6EBD"/>
     <w:rsid w:val="00AE65EB"/>
     <w:rsid w:val="00AE6752"/>
     <w:rsid w:val="00AE6DCF"/>
     <w:rsid w:val="00AF6670"/>
+    <w:rsid w:val="00B346CC"/>
     <w:rsid w:val="00B34BB2"/>
     <w:rsid w:val="00B37B37"/>
     <w:rsid w:val="00B51BE6"/>
     <w:rsid w:val="00B71EB5"/>
     <w:rsid w:val="00B7312E"/>
     <w:rsid w:val="00B85571"/>
     <w:rsid w:val="00B94A68"/>
     <w:rsid w:val="00BA14F5"/>
     <w:rsid w:val="00BC0FA1"/>
     <w:rsid w:val="00BE2AC8"/>
     <w:rsid w:val="00C02BD0"/>
     <w:rsid w:val="00C15E6D"/>
     <w:rsid w:val="00C225B6"/>
     <w:rsid w:val="00C41A3C"/>
     <w:rsid w:val="00C56F8C"/>
     <w:rsid w:val="00C57BDA"/>
+    <w:rsid w:val="00C655A4"/>
     <w:rsid w:val="00C93D97"/>
     <w:rsid w:val="00CB4D06"/>
     <w:rsid w:val="00CC4462"/>
     <w:rsid w:val="00CC5BAA"/>
     <w:rsid w:val="00CE12CD"/>
     <w:rsid w:val="00CF3787"/>
     <w:rsid w:val="00CF444B"/>
     <w:rsid w:val="00CF5E53"/>
     <w:rsid w:val="00D01CF0"/>
     <w:rsid w:val="00D02890"/>
     <w:rsid w:val="00D03D34"/>
     <w:rsid w:val="00D04723"/>
     <w:rsid w:val="00D20294"/>
     <w:rsid w:val="00D2411B"/>
     <w:rsid w:val="00D34680"/>
     <w:rsid w:val="00D35733"/>
     <w:rsid w:val="00D41820"/>
     <w:rsid w:val="00D42563"/>
     <w:rsid w:val="00D46A61"/>
     <w:rsid w:val="00D64A38"/>
     <w:rsid w:val="00D77474"/>
     <w:rsid w:val="00D83FEF"/>
     <w:rsid w:val="00DA037C"/>
     <w:rsid w:val="00DA3EC9"/>
     <w:rsid w:val="00DA5116"/>
@@ -9498,51 +9234,51 @@
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="008C2908"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-419" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00A034FA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00A034FA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:semiHidden/>