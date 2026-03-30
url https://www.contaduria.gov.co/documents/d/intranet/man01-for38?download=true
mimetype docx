--- v0 (2025-12-05)
+++ v1 (2026-03-30)
@@ -29,2447 +29,2419 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpX="-861" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2411"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="5670"/>
         <w:gridCol w:w="1775"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C2274" w:rsidRPr="00801D5D" w14:paraId="39E43194" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003C2274" w:rsidRPr="00095BAB" w14:paraId="39E43194" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B54A900" w14:textId="7C6D0123" w:rsidR="003C2274" w:rsidRPr="00801D5D" w:rsidRDefault="005F15F3" w:rsidP="00D8241E">
+          <w:p w14:paraId="3B54A900" w14:textId="7C6D0123" w:rsidR="003C2274" w:rsidRPr="00095BAB" w:rsidRDefault="005F15F3" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F15F3">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>EVALUACIÓN DE IDONEIDAD Y EXPERIENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="22792B27" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="22792B27" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="000387B0" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="000387B0" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">IDENTIFICACIÓN DEL CONTRATO A SUSCRIBIR </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="5E6B3E47" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="5E6B3E47" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D794433" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="1D794433" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Tipo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="503A0F56" w14:textId="7ABA64CC" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="503A0F56" w14:textId="7ABA64CC" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Describa el tipo de contratación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="71452761" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="71452761" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53411ED5" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="53411ED5" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Objeto:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0448A095" w14:textId="7FA00C12" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00663B33" w:rsidP="00D8241E">
+          <w:p w14:paraId="0448A095" w14:textId="7FA00C12" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00663B33" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Describa el objeto del contrato a suscribir</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="725708E3" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="725708E3" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0504975F" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="0504975F" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Valor del contrato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C2FD6FA" w14:textId="5C9A73F4" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00663B33" w:rsidP="00D8241E">
+          <w:p w14:paraId="1C2FD6FA" w14:textId="5C9A73F4" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00663B33" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Describa el valor del contrato (en letra y </w:t>
             </w:r>
-            <w:r w:rsidR="00E9167B" w:rsidRPr="006C45B4">
+            <w:r w:rsidR="00E9167B" w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>numero)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="18AE4D29" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="18AE4D29" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FFCE507" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="0FFCE507" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Dependencia solicitante:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73EAFB0E" w14:textId="7D66BCD8" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="73EAFB0E" w14:textId="7D66BCD8" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Describa la dependencia solicitante </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="5D6CD260" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="5D6CD260" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71D2E825" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="71D2E825" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nombre del Supervisor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4320D3DE" w14:textId="5D1326DB" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="4320D3DE" w14:textId="5D1326DB" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Describa el nombre del supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="7CE3A1EA" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="7CE3A1EA" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32CF87D7" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="32CF87D7" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Cargo del Supervisor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7445" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E9B0A36" w14:textId="51590637" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="5E9B0A36" w14:textId="51590637" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Describa el cargo del supervisor del contrato</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="13CCDBE5" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="13CCDBE5" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58C189B5" w14:textId="77777777" w:rsidR="002D056B" w:rsidRPr="00361C3E" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
+          <w:p w14:paraId="58C189B5" w14:textId="77777777" w:rsidR="002D056B" w:rsidRPr="00095BAB" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="23402578" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="23402578" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="351C8C53" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="351C8C53" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>REQUISITOS DE IDONEIDAD Y EXPERIENCIA EXIGIDOS PARA PRESTAR EL SERVICIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="4560384B" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="4560384B" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EEA33D9" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="6EEA33D9" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Formación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8012" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29D40212" w14:textId="65A1A4B3" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="29D40212" w14:textId="65A1A4B3" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial Unicode MS" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial Unicode MS" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Describir la formación profesional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="09F27D61" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="09F27D61" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="175C613A" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="175C613A" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Experiencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8012" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E0AA897" w14:textId="522D14AE" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="4E0AA897" w14:textId="522D14AE" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial Unicode MS" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial Unicode MS" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Señalar en meses la experiencia profesional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="24909AAF" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="24909AAF" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36C0A185" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="36C0A185" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Tarjeta Profesional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8012" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17013666" w14:textId="25C4DFED" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="17013666" w14:textId="25C4DFED" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Definir “Si o No” tiene Tarjeta profesional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D44D2" w:rsidRPr="00801D5D" w14:paraId="0DEF0DAC" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="001D44D2" w:rsidRPr="00095BAB" w14:paraId="0DEF0DAC" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74FBD917" w14:textId="7124A548" w:rsidR="001D44D2" w:rsidRPr="00F03AB2" w:rsidRDefault="001D44D2" w:rsidP="00D8241E">
+          <w:p w14:paraId="74FBD917" w14:textId="7124A548" w:rsidR="001D44D2" w:rsidRPr="00095BAB" w:rsidRDefault="001D44D2" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03AB2">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Declaración de bienes y rentas y de conflictos de interés (Ley 2013 de 2019, si aplica)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8012" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC43340" w14:textId="12631625" w:rsidR="001D44D2" w:rsidRPr="00F03AB2" w:rsidRDefault="001D44D2" w:rsidP="00D8241E">
+          <w:p w14:paraId="7CC43340" w14:textId="12631625" w:rsidR="001D44D2" w:rsidRPr="00095BAB" w:rsidRDefault="001D44D2" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03AB2">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>De</w:t>
             </w:r>
-            <w:r w:rsidR="003F5C30" w:rsidRPr="00F03AB2">
+            <w:r w:rsidR="003F5C30" w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">finir si, de conformidad con lo previsto en los literales f) o g) del artículo 2, de la Ley 2013 de 2019, tiene la calidad de sujeto obligado y señalar por cuál requisito aplica </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03AB2">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>en virtud del contrato</w:t>
             </w:r>
-            <w:r w:rsidR="003F5C30" w:rsidRPr="00F03AB2">
+            <w:r w:rsidR="003F5C30" w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F03AB2">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> ejerce función pública, presta un servicio público o administra bienes o recursos públicos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="0AD0DE78" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="0AD0DE78" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6B20A9" w14:textId="77777777" w:rsidR="002D056B" w:rsidRPr="00361C3E" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
+          <w:p w14:paraId="4A6B20A9" w14:textId="77777777" w:rsidR="002D056B" w:rsidRPr="00095BAB" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="5A521FD6" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="5A521FD6" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09F36ABA" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="09F36ABA" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>IDENTIFICACIÓN DEL ASPIRANTE A CONTRATISTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="7E0A2208" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="7E0A2208" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B9C2C69" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="1B9C2C69" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nombre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8079" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51607F8D" w14:textId="02D9D90C" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="51607F8D" w14:textId="02D9D90C" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Señalar el nombre completo del contratista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="69DBCC87" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="69DBCC87" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65C876A1" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="65C876A1" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Identificación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8079" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="567BE3B7" w14:textId="561E4353" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="567BE3B7" w14:textId="561E4353" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Señalar el </w:t>
             </w:r>
-            <w:r w:rsidR="00202AB6" w:rsidRPr="006C45B4">
+            <w:r w:rsidR="00202AB6" w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>número</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> de documento de identificación </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="3AB0A4A0" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="3AB0A4A0" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1379975E" w14:textId="77777777" w:rsidR="002D056B" w:rsidRPr="00361C3E" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
+          <w:p w14:paraId="1379975E" w14:textId="77777777" w:rsidR="002D056B" w:rsidRPr="00095BAB" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="476FEE80" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="476FEE80" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A85FCC" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="25A85FCC" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>ESTUDIO DE CUMPLIMIENTO DE REQUISITOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="73F51BDE" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="73F51BDE" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="383"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C1D72BA" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="2C1D72BA" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Concepto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00C71554" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="00C71554" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Evidencia Aportada Hoja de Vida y Certificaciones</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7089DD21" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="7089DD21" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Cumple</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="27D5A9EF" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="27D5A9EF" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="519"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D3B1A26" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="1D3B1A26" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Formación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CBD17C6" w14:textId="77777777" w:rsidR="00553A25" w:rsidRPr="006C45B4" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
+          <w:p w14:paraId="5CBD17C6" w14:textId="77777777" w:rsidR="00553A25" w:rsidRPr="00095BAB" w:rsidRDefault="00E9167B" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Describir la evidencia aportada en la hoja de vida de la </w:t>
             </w:r>
-            <w:r w:rsidR="006A4E26" w:rsidRPr="006C45B4">
+            <w:r w:rsidR="006A4E26" w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>formación académica.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F66D913" w14:textId="71DD611F" w:rsidR="002D056B" w:rsidRPr="006C45B4" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
+          <w:p w14:paraId="7F66D913" w14:textId="71DD611F" w:rsidR="002D056B" w:rsidRPr="00095BAB" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27A2B3BA" w14:textId="7F6BE69B" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="00342CF6" w:rsidP="00D8241E">
+          <w:p w14:paraId="27A2B3BA" w14:textId="7F6BE69B" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="00342CF6" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Señale </w:t>
             </w:r>
-            <w:r w:rsidR="002D056B" w:rsidRPr="006C45B4">
+            <w:r w:rsidR="002D056B" w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Si o No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003714B4" w:rsidRPr="00801D5D" w14:paraId="7B6440B8" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003714B4" w:rsidRPr="00095BAB" w14:paraId="7B6440B8" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AE4F49D" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00801D5D" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
+          <w:p w14:paraId="4AE4F49D" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="003714B4" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Experiencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA69FAE" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="006A4E26" w:rsidP="00D8241E">
+          <w:p w14:paraId="1CA69FAE" w14:textId="77777777" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="006A4E26" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Describir la evidencia aportada en la hoja de vida de la experiencia profesional.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C890D1E" w14:textId="54E3C744" w:rsidR="002D056B" w:rsidRPr="006C45B4" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
+          <w:p w14:paraId="4C890D1E" w14:textId="54E3C744" w:rsidR="002D056B" w:rsidRPr="00095BAB" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A17526" w14:textId="3939CCA8" w:rsidR="00342CF6" w:rsidRPr="006C45B4" w:rsidRDefault="00342CF6" w:rsidP="00D8241E">
+          <w:p w14:paraId="33A17526" w14:textId="3939CCA8" w:rsidR="00342CF6" w:rsidRPr="00095BAB" w:rsidRDefault="00342CF6" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Señale</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40C908D2" w14:textId="0B32B6F4" w:rsidR="003714B4" w:rsidRPr="006C45B4" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
+          <w:p w14:paraId="40C908D2" w14:textId="0B32B6F4" w:rsidR="003714B4" w:rsidRPr="00095BAB" w:rsidRDefault="002D056B" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Si o No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F5C30" w:rsidRPr="00801D5D" w14:paraId="4101E6E4" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003F5C30" w:rsidRPr="00095BAB" w14:paraId="4101E6E4" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5013CA47" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="00801D5D" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
+          <w:p w14:paraId="5013CA47" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Tarjeta profesional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2243F450" w14:textId="3B24A998" w:rsidR="003F5C30" w:rsidRPr="006C45B4" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
+          <w:p w14:paraId="2243F450" w14:textId="3B24A998" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Describir el número de la Tarjeta profesional si aplica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21C06D21" w14:textId="74C4B3AE" w:rsidR="003F5C30" w:rsidRPr="006C45B4" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
+          <w:p w14:paraId="21C06D21" w14:textId="74C4B3AE" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Señale</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="240077D5" w14:textId="4FF915A6" w:rsidR="003F5C30" w:rsidRPr="006C45B4" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
+          <w:p w14:paraId="240077D5" w14:textId="4FF915A6" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Si o No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F5C30" w:rsidRPr="00801D5D" w14:paraId="0D2B4872" w14:textId="77777777" w:rsidTr="00D8241E">
+      <w:tr w:rsidR="003F5C30" w:rsidRPr="00095BAB" w14:paraId="0D2B4872" w14:textId="77777777" w:rsidTr="00D8241E">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF4ABFA" w14:textId="633275DE" w:rsidR="003F5C30" w:rsidRPr="00F03AB2" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
+          <w:p w14:paraId="7CF4ABFA" w14:textId="633275DE" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03AB2">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00F03AB2">
+            <w:r w:rsidRPr="00095BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Declaración de bienes y rentas y de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>(Ley 2013 de 2019, si aplica)</w:t>
+              <w:t>conflictos de interés (Ley 2013 de 2019, si aplica)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51767E0B" w14:textId="43923D23" w:rsidR="003F5C30" w:rsidRPr="006C45B4" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
+          <w:p w14:paraId="51767E0B" w14:textId="43923D23" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F03AB2">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Describir la obligación específica que le vincula como sujeto obligado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C297D7A" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="006C45B4" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
+          <w:p w14:paraId="6C297D7A" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Señale</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49CE5F4F" w14:textId="0EBFA4B7" w:rsidR="003F5C30" w:rsidRPr="006C45B4" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
+          <w:p w14:paraId="49CE5F4F" w14:textId="0EBFA4B7" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="00D8241E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C45B4">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Si o No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="260CE66E" w14:textId="5F2CD1E8" w:rsidR="003C2274" w:rsidRDefault="003C2274" w:rsidP="003E0BEF">
+    <w:p w14:paraId="260CE66E" w14:textId="5F2CD1E8" w:rsidR="003C2274" w:rsidRPr="00095BAB" w:rsidRDefault="003C2274" w:rsidP="003E0BEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="503748ED" w14:textId="77777777" w:rsidR="00D8241E" w:rsidRDefault="00D8241E" w:rsidP="003E0BEF">
+    <w:p w14:paraId="503748ED" w14:textId="77777777" w:rsidR="00D8241E" w:rsidRPr="00095BAB" w:rsidRDefault="00D8241E" w:rsidP="003E0BEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47483F8E" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="00361C3E" w:rsidRDefault="003F5C30" w:rsidP="003E0BEF">
+    <w:p w14:paraId="47483F8E" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="003E0BEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10507" w:type="dxa"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8542"/>
         <w:gridCol w:w="899"/>
         <w:gridCol w:w="1066"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C2274" w:rsidRPr="00801D5D" w14:paraId="52B11047" w14:textId="77777777" w:rsidTr="00361C3E">
+      <w:tr w:rsidR="003C2274" w:rsidRPr="00095BAB" w14:paraId="52B11047" w14:textId="77777777" w:rsidTr="00361C3E">
         <w:trPr>
           <w:trHeight w:val="670"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B11A125" w14:textId="30BCFA06" w:rsidR="003C2274" w:rsidRPr="00801D5D" w:rsidRDefault="003C2274" w:rsidP="003E0BEF">
+          <w:p w14:paraId="3B11A125" w14:textId="30BCFA06" w:rsidR="003C2274" w:rsidRPr="00095BAB" w:rsidRDefault="003C2274" w:rsidP="003E0BEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Cumple con la presentación de los documentos solicitados y con la idoneidad y experiencia requerida para la celebración del contrato: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E5FE1AF" w14:textId="3F22FC0F" w:rsidR="003C2274" w:rsidRPr="00801D5D" w:rsidRDefault="003C2274" w:rsidP="003C2274">
+          <w:p w14:paraId="2E5FE1AF" w14:textId="3F22FC0F" w:rsidR="003C2274" w:rsidRPr="00095BAB" w:rsidRDefault="003C2274" w:rsidP="003C2274">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Sí </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve">Sí [ ]   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F61B6DD" w14:textId="362CA2F7" w:rsidR="003C2274" w:rsidRPr="00801D5D" w:rsidRDefault="003C2274" w:rsidP="003E0BEF">
+          <w:p w14:paraId="2F61B6DD" w14:textId="362CA2F7" w:rsidR="003C2274" w:rsidRPr="00095BAB" w:rsidRDefault="003C2274" w:rsidP="003E0BEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00801D5D">
+            <w:r w:rsidRPr="00095BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
                 <w:i w:val="0"/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">No </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>No [ ]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1875B504" w14:textId="77777777" w:rsidR="00F158AB" w:rsidRDefault="00F158AB" w:rsidP="003E0BEF">
+    <w:p w14:paraId="1875B504" w14:textId="77777777" w:rsidR="00F158AB" w:rsidRPr="00095BAB" w:rsidRDefault="00F158AB" w:rsidP="003E0BEF">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25E102A0" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRDefault="003F5C30" w:rsidP="003E0BEF">
+    <w:p w14:paraId="25E102A0" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="003E0BEF">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44D5FEC5" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRDefault="003F5C30" w:rsidP="003E0BEF">
+    <w:p w14:paraId="44D5FEC5" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="003E0BEF">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F16CD97" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRDefault="003F5C30" w:rsidP="003E0BEF">
+    <w:p w14:paraId="4F16CD97" w14:textId="77777777" w:rsidR="003F5C30" w:rsidRPr="00095BAB" w:rsidRDefault="003F5C30" w:rsidP="003E0BEF">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75CCA3BA" w14:textId="77777777" w:rsidR="00FF5937" w:rsidRDefault="00FF5937" w:rsidP="003E0BEF">
+    <w:p w14:paraId="75CCA3BA" w14:textId="77777777" w:rsidR="00FF5937" w:rsidRPr="00095BAB" w:rsidRDefault="00FF5937" w:rsidP="003E0BEF">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CB87294" w14:textId="5EF5D83E" w:rsidR="00B87948" w:rsidRPr="00801D5D" w:rsidRDefault="00F044B4" w:rsidP="003E0BEF">
+    <w:p w14:paraId="2CB87294" w14:textId="5EF5D83E" w:rsidR="00B87948" w:rsidRPr="00095BAB" w:rsidRDefault="00F044B4" w:rsidP="003E0BEF">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00801D5D">
+      <w:r w:rsidRPr="00095BAB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78184E0B" wp14:editId="246E4369">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2976245</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6985</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2360930" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="3175" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
@@ -2581,51 +2553,51 @@
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidRPr="00202AB6">
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                           <w:i w:val="0"/>
                           <w:iCs/>
                           <w:kern w:val="2"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="en-US"/>
                           <w14:ligatures w14:val="standardContextual"/>
                         </w:rPr>
                         <w:t>Revisó</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00801D5D">
+      <w:r w:rsidRPr="00095BAB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FFB8EB2" wp14:editId="630AE4D3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>121920</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>11430</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2360930" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="3175" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
@@ -2734,90 +2706,90 @@
                         <w:br/>
                       </w:r>
                       <w:r w:rsidRPr="00202AB6">
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                           <w:i w:val="0"/>
                           <w:iCs/>
                           <w:kern w:val="2"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="en-US"/>
                           <w14:ligatures w14:val="standardContextual"/>
                         </w:rPr>
                         <w:t>Proyectó</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089C8164" w14:textId="367B29FA" w:rsidR="00F044B4" w:rsidRPr="00801D5D" w:rsidRDefault="00F044B4" w:rsidP="003E0BEF">
+    <w:p w14:paraId="089C8164" w14:textId="367B29FA" w:rsidR="00F044B4" w:rsidRPr="00095BAB" w:rsidRDefault="00F044B4" w:rsidP="003E0BEF">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F044B4" w:rsidRPr="00801D5D" w:rsidSect="008A3B1C">
+    <w:sectPr w:rsidR="00F044B4" w:rsidRPr="00095BAB" w:rsidSect="008A3B1C">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="122"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1701" w:left="1701" w:header="0" w:footer="1474" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F7D0D28" w14:textId="77777777" w:rsidR="009A10F8" w:rsidRDefault="009A10F8">
+    <w:p w14:paraId="609F391D" w14:textId="77777777" w:rsidR="00FD2A11" w:rsidRDefault="00FD2A11">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E863BE8" w14:textId="77777777" w:rsidR="009A10F8" w:rsidRDefault="009A10F8">
+    <w:p w14:paraId="6E7A8412" w14:textId="77777777" w:rsidR="00FD2A11" w:rsidRDefault="00FD2A11">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2886,337 +2858,110 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Code3of9">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A7361BB" w14:textId="4AC904F6" w:rsidR="009504F2" w:rsidRPr="006B1CD7" w:rsidRDefault="00A54722" w:rsidP="006B1CD7">
+  <w:p w14:paraId="7A7361BB" w14:textId="680F889C" w:rsidR="009504F2" w:rsidRPr="006B1CD7" w:rsidRDefault="00ED009F" w:rsidP="006B1CD7">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-        <w:iCs/>
+        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         <w:noProof/>
-        <w:lang w:val="es-ES"/>
-[...216 lines deleted...]
-        <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="451976F5" wp14:editId="1CD0242A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36F8C9ED" wp14:editId="5BE792D3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>12700</wp:posOffset>
+            <wp:posOffset>529590</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>6350</wp:posOffset>
+            <wp:posOffset>36195</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7736840" cy="796290"/>
-          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:extent cx="6759611" cy="1044000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="876000546" name="Imagen 2" descr="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente"/>
+          <wp:docPr id="1965773188" name="Imagen 2" descr="Interfaz de usuario gráfica, Texto, Aplicación, Chat o mensaje de texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="876000546" name="Imagen 2" descr="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente"/>
+                  <pic:cNvPr id="1965773188" name="Imagen 2" descr="Interfaz de usuario gráfica, Texto, Aplicación, Chat o mensaje de texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7736840" cy="796290"/>
+                    <a:ext cx="6759611" cy="1044000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47AB330D" w14:textId="77777777" w:rsidR="002355B9" w:rsidRDefault="002355B9" w:rsidP="002355B9">
     <w:pPr>
@@ -3312,58 +3057,58 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6086475" cy="933450"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22473F44" w14:textId="77777777" w:rsidR="009A10F8" w:rsidRDefault="009A10F8">
+    <w:p w14:paraId="78B87F34" w14:textId="77777777" w:rsidR="00FD2A11" w:rsidRDefault="00FD2A11">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60FCEFD9" w14:textId="77777777" w:rsidR="009A10F8" w:rsidRDefault="009A10F8">
+    <w:p w14:paraId="486FF441" w14:textId="77777777" w:rsidR="00FD2A11" w:rsidRDefault="00FD2A11">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5935" w:type="pct"/>
       <w:tblInd w:w="-851" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3261"/>
       <w:gridCol w:w="2566"/>
       <w:gridCol w:w="2033"/>
       <w:gridCol w:w="2631"/>
@@ -3805,120 +3550,70 @@
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>PÁGINA:</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00B7602B" w:rsidRPr="00D90F17" w14:paraId="3D051AEC" w14:textId="77777777" w:rsidTr="00361C3E">
       <w:trPr>
         <w:trHeight w:val="325"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1554" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="1B47A148" w14:textId="6E3ACAA1" w:rsidR="00B7602B" w:rsidRPr="004637B6" w:rsidRDefault="00B7602B" w:rsidP="00B7602B">
+        <w:p w14:paraId="1B47A148" w14:textId="61DEB6AD" w:rsidR="00B7602B" w:rsidRPr="004637B6" w:rsidRDefault="00095BAB" w:rsidP="00B7602B">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A021A4">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
-            <w:t>2</w:t>
-[...49 lines deleted...]
-            <w:t>5</w:t>
+            <w:t>24/02/2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1223" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="2603044D" w14:textId="77777777" w:rsidR="00B7602B" w:rsidRPr="004637B6" w:rsidRDefault="00B7602B" w:rsidP="00B7602B">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
@@ -3935,80 +3630,80 @@
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>38</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="969" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="5CC8B9D7" w14:textId="54BCFF7C" w:rsidR="00B7602B" w:rsidRPr="004637B6" w:rsidRDefault="00B7602B" w:rsidP="00B7602B">
+        <w:p w14:paraId="5CC8B9D7" w14:textId="38919D95" w:rsidR="00B7602B" w:rsidRPr="004637B6" w:rsidRDefault="00B7602B" w:rsidP="00B7602B">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00295B8B">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
-          <w:r w:rsidR="004214F0">
+          <w:r w:rsidR="00095BAB">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t>4</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1254" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="1B8E4BF8" w14:textId="77777777" w:rsidR="00B7602B" w:rsidRPr="00617470" w:rsidRDefault="00B7602B" w:rsidP="00B7602B">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008C2908">
             <w:rPr>
@@ -4114,60 +3809,60 @@
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:lang w:val="es-ES" w:eastAsia="es-CO"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="008C2908">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:lang w:eastAsia="es-CO"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="4AA4F68D" w14:textId="77777777" w:rsidR="0074408B" w:rsidRPr="00361C3E" w:rsidRDefault="0074408B" w:rsidP="007F5E46">
+  <w:p w14:paraId="4AA4F68D" w14:textId="77777777" w:rsidR="0074408B" w:rsidRPr="00095BAB" w:rsidRDefault="0074408B" w:rsidP="007F5E46">
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:ind w:left="-600"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Code3of9" w:hAnsi="Code3of9"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:i w:val="0"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="439855E0" w14:textId="1A38E0AA" w:rsidR="009504F2" w:rsidRDefault="009504F2" w:rsidP="00707ED7">
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:ind w:right="-6"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">                                                                                </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="46233B5B" w14:textId="77777777" w:rsidR="009504F2" w:rsidRDefault="009504F2" w:rsidP="006F058C">
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:ind w:right="-6"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4476,50 +4171,51 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00247AA3"/>
     <w:rsid w:val="00004761"/>
     <w:rsid w:val="00010708"/>
     <w:rsid w:val="00014AF0"/>
     <w:rsid w:val="00047795"/>
     <w:rsid w:val="0005592A"/>
     <w:rsid w:val="000816D2"/>
     <w:rsid w:val="000914F1"/>
+    <w:rsid w:val="00095BAB"/>
     <w:rsid w:val="000A74FF"/>
     <w:rsid w:val="000B1EE9"/>
     <w:rsid w:val="000B2594"/>
     <w:rsid w:val="000B2AA6"/>
     <w:rsid w:val="000B3E4F"/>
     <w:rsid w:val="000B418D"/>
     <w:rsid w:val="000C1D2F"/>
     <w:rsid w:val="000D0CD1"/>
     <w:rsid w:val="000D724C"/>
     <w:rsid w:val="000F1207"/>
     <w:rsid w:val="000F3ED9"/>
     <w:rsid w:val="000F45CC"/>
     <w:rsid w:val="000F7171"/>
     <w:rsid w:val="00110FFA"/>
     <w:rsid w:val="00120938"/>
     <w:rsid w:val="0016052F"/>
     <w:rsid w:val="00174D63"/>
     <w:rsid w:val="001812A9"/>
     <w:rsid w:val="00193BCE"/>
     <w:rsid w:val="001C5801"/>
     <w:rsid w:val="001C7C2D"/>
     <w:rsid w:val="001C7FC9"/>
     <w:rsid w:val="001D44D2"/>
     <w:rsid w:val="001D453F"/>
     <w:rsid w:val="001F14B8"/>
@@ -4540,78 +4236,80 @@
     <w:rsid w:val="00273C37"/>
     <w:rsid w:val="00273EC0"/>
     <w:rsid w:val="00283397"/>
     <w:rsid w:val="0028370E"/>
     <w:rsid w:val="002871D5"/>
     <w:rsid w:val="002A6EE2"/>
     <w:rsid w:val="002B1A13"/>
     <w:rsid w:val="002B31A3"/>
     <w:rsid w:val="002D056B"/>
     <w:rsid w:val="002E1860"/>
     <w:rsid w:val="002E3865"/>
     <w:rsid w:val="002E4975"/>
     <w:rsid w:val="002F3F59"/>
     <w:rsid w:val="002F4D8E"/>
     <w:rsid w:val="002F5137"/>
     <w:rsid w:val="0030239A"/>
     <w:rsid w:val="00306E4A"/>
     <w:rsid w:val="00306F8C"/>
     <w:rsid w:val="00307C95"/>
     <w:rsid w:val="00310262"/>
     <w:rsid w:val="00321D8C"/>
     <w:rsid w:val="00331B39"/>
     <w:rsid w:val="00333526"/>
     <w:rsid w:val="00341FF5"/>
     <w:rsid w:val="00342CF6"/>
+    <w:rsid w:val="00344A68"/>
     <w:rsid w:val="0034617A"/>
     <w:rsid w:val="003466CF"/>
     <w:rsid w:val="00347FE8"/>
     <w:rsid w:val="00361C3E"/>
     <w:rsid w:val="003678CD"/>
     <w:rsid w:val="003714B4"/>
     <w:rsid w:val="00371D90"/>
     <w:rsid w:val="00393C27"/>
     <w:rsid w:val="003A4DC4"/>
     <w:rsid w:val="003B36F7"/>
     <w:rsid w:val="003B3D38"/>
     <w:rsid w:val="003B4793"/>
     <w:rsid w:val="003C2274"/>
     <w:rsid w:val="003C4DC8"/>
     <w:rsid w:val="003D25F0"/>
     <w:rsid w:val="003E0BEF"/>
     <w:rsid w:val="003E20B6"/>
     <w:rsid w:val="003E3C71"/>
     <w:rsid w:val="003F5C30"/>
     <w:rsid w:val="00400B75"/>
     <w:rsid w:val="004040D1"/>
     <w:rsid w:val="00414370"/>
     <w:rsid w:val="004174E0"/>
     <w:rsid w:val="004214F0"/>
     <w:rsid w:val="004304BB"/>
     <w:rsid w:val="004341E9"/>
     <w:rsid w:val="00434546"/>
     <w:rsid w:val="00460517"/>
+    <w:rsid w:val="00471804"/>
     <w:rsid w:val="00475F1E"/>
     <w:rsid w:val="0047744F"/>
     <w:rsid w:val="004834F1"/>
     <w:rsid w:val="00484B3E"/>
     <w:rsid w:val="00486650"/>
     <w:rsid w:val="004A376E"/>
     <w:rsid w:val="004A7AE3"/>
     <w:rsid w:val="004D74B7"/>
     <w:rsid w:val="004D7E2A"/>
     <w:rsid w:val="004E257D"/>
     <w:rsid w:val="004F1199"/>
     <w:rsid w:val="0050639F"/>
     <w:rsid w:val="00510A58"/>
     <w:rsid w:val="005134D3"/>
     <w:rsid w:val="0052675B"/>
     <w:rsid w:val="005409BC"/>
     <w:rsid w:val="00551FBB"/>
     <w:rsid w:val="00553A25"/>
     <w:rsid w:val="00567EC5"/>
     <w:rsid w:val="00594498"/>
     <w:rsid w:val="00595FCE"/>
     <w:rsid w:val="0059774D"/>
     <w:rsid w:val="005B2292"/>
     <w:rsid w:val="005B3415"/>
     <w:rsid w:val="005B3538"/>
@@ -4631,50 +4329,51 @@
     <w:rsid w:val="00667B55"/>
     <w:rsid w:val="0068177D"/>
     <w:rsid w:val="00683D6C"/>
     <w:rsid w:val="0068600D"/>
     <w:rsid w:val="00687B40"/>
     <w:rsid w:val="0069304E"/>
     <w:rsid w:val="006A27C0"/>
     <w:rsid w:val="006A4E26"/>
     <w:rsid w:val="006B10CC"/>
     <w:rsid w:val="006B1CD7"/>
     <w:rsid w:val="006C45B4"/>
     <w:rsid w:val="006D69C8"/>
     <w:rsid w:val="006F013B"/>
     <w:rsid w:val="006F058C"/>
     <w:rsid w:val="006F0AA4"/>
     <w:rsid w:val="00700806"/>
     <w:rsid w:val="0070177F"/>
     <w:rsid w:val="00707ED7"/>
     <w:rsid w:val="00732CB2"/>
     <w:rsid w:val="0074408B"/>
     <w:rsid w:val="00747949"/>
     <w:rsid w:val="00760DCA"/>
     <w:rsid w:val="00766D28"/>
     <w:rsid w:val="0077299F"/>
     <w:rsid w:val="00775C23"/>
+    <w:rsid w:val="00776F10"/>
     <w:rsid w:val="007817F4"/>
     <w:rsid w:val="00784C55"/>
     <w:rsid w:val="00793283"/>
     <w:rsid w:val="007A0398"/>
     <w:rsid w:val="007B4FB6"/>
     <w:rsid w:val="007C55C1"/>
     <w:rsid w:val="007F5E46"/>
     <w:rsid w:val="00800F75"/>
     <w:rsid w:val="00801D5D"/>
     <w:rsid w:val="008204CA"/>
     <w:rsid w:val="00820B59"/>
     <w:rsid w:val="00823658"/>
     <w:rsid w:val="00824EE2"/>
     <w:rsid w:val="00826EBD"/>
     <w:rsid w:val="00845B6C"/>
     <w:rsid w:val="00850CC0"/>
     <w:rsid w:val="00851A83"/>
     <w:rsid w:val="00860DF9"/>
     <w:rsid w:val="00880F96"/>
     <w:rsid w:val="008824FB"/>
     <w:rsid w:val="008868E3"/>
     <w:rsid w:val="008A3B1C"/>
     <w:rsid w:val="008A4D66"/>
     <w:rsid w:val="008B55FA"/>
     <w:rsid w:val="008B5BCF"/>
@@ -4759,74 +4458,76 @@
     <w:rsid w:val="00DB6DF6"/>
     <w:rsid w:val="00DC444A"/>
     <w:rsid w:val="00DD138C"/>
     <w:rsid w:val="00DD4414"/>
     <w:rsid w:val="00DD4FEB"/>
     <w:rsid w:val="00DD6975"/>
     <w:rsid w:val="00DE61A7"/>
     <w:rsid w:val="00DE6C14"/>
     <w:rsid w:val="00DF6D36"/>
     <w:rsid w:val="00E03DE5"/>
     <w:rsid w:val="00E069F5"/>
     <w:rsid w:val="00E22AF7"/>
     <w:rsid w:val="00E24B0E"/>
     <w:rsid w:val="00E33945"/>
     <w:rsid w:val="00E418CD"/>
     <w:rsid w:val="00E62885"/>
     <w:rsid w:val="00E71768"/>
     <w:rsid w:val="00E82EDC"/>
     <w:rsid w:val="00E9167B"/>
     <w:rsid w:val="00E95168"/>
     <w:rsid w:val="00E95343"/>
     <w:rsid w:val="00EB16BC"/>
     <w:rsid w:val="00EC1632"/>
     <w:rsid w:val="00EC17B6"/>
     <w:rsid w:val="00EC2DCE"/>
+    <w:rsid w:val="00ED009F"/>
     <w:rsid w:val="00ED3932"/>
     <w:rsid w:val="00EE5807"/>
     <w:rsid w:val="00EF3AB4"/>
     <w:rsid w:val="00F0162F"/>
     <w:rsid w:val="00F03AB2"/>
     <w:rsid w:val="00F044B4"/>
     <w:rsid w:val="00F07258"/>
     <w:rsid w:val="00F158AB"/>
     <w:rsid w:val="00F160C1"/>
     <w:rsid w:val="00F20072"/>
     <w:rsid w:val="00F232F7"/>
     <w:rsid w:val="00F24E1B"/>
     <w:rsid w:val="00F27773"/>
     <w:rsid w:val="00F33E51"/>
     <w:rsid w:val="00F35C77"/>
     <w:rsid w:val="00F36E1F"/>
     <w:rsid w:val="00F6006A"/>
     <w:rsid w:val="00F67463"/>
     <w:rsid w:val="00F766E0"/>
     <w:rsid w:val="00F8286A"/>
     <w:rsid w:val="00F97F76"/>
     <w:rsid w:val="00FA2C57"/>
     <w:rsid w:val="00FA7429"/>
     <w:rsid w:val="00FB4F1D"/>
+    <w:rsid w:val="00FD2A11"/>
     <w:rsid w:val="00FE3F95"/>
     <w:rsid w:val="00FF5937"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
@@ -5605,51 +5306,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Times New Roman" w:hAnsi="Bookman Old Style"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:semiHidden/>
     <w:rsid w:val="00784C55"/>
     <w:rPr>
       <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Calibri" w:hAnsi="Bookman Old Style"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="002A6EE2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003C2274"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>