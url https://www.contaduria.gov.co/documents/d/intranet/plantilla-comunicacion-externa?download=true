--- v0 (2025-12-07)
+++ v1 (2026-03-28)
@@ -1,5008 +1,1985 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="R43CEFCED" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" /><Relationship Id="coreR43CEFCED" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" mc:Ignorable="wp14">
   <w:body>
-    <w:p w14:paraId="55C313BA" w14:textId="77777777" w:rsidR="00B127D4" w:rsidRPr="00072654" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="P8"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6720" w:leader="none"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pública  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Pública Reservada  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Pública Clasificada  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="P8"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6720" w:leader="none"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(Seleccione el tipo de información que le corresponde a este documento, eliminar las definiciones y este mensaje para enviar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Información Pública:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Es aquella que puede ser conocida por cualquier persona, sin necesidad de autorización especial. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Información Pública Reservada:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Es la información pública que, por razones legales o de interés general, no puede ser divulgada de inmediato, sino que se protege durante un período determinado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Información Pública Clasificada:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Es aquella cuya divulgación puede causar daño grave a la seguridad nacional, el orden público o los intereses vitales del Estado. Requiere autorización estricta para su acceso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...17 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="P1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...1611 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+        </w:rPr>
+        <w:t>Bogotá, D.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="P2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="73757C02" w14:textId="77777777" w:rsidR="00B127D4" w:rsidRPr="00072654" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:ind w:right="30"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...65 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>NOMBRES Y APELLIDOS DEL DESTINATARIO (MAYÚSCULA SOSTENIDA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Cargo (Mayúscula Inicial)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E66AE5" w14:textId="77777777" w:rsidR="00B127D4" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Empresa (Mayúscula Inicial)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329FBDD1" w14:textId="77777777" w:rsidR="00B127D4" w:rsidRPr="00072654" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
-[...41 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Correo electrónico</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Teléfono </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3686F7AA" w14:textId="77777777" w:rsidR="00B127D4" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Dirección </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D80A2C" w14:textId="77777777" w:rsidR="00B127D4" w:rsidRPr="00072654" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Ciudad (Departamento)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650B3CE2" w14:textId="77777777" w:rsidR="00B127D4" w:rsidRPr="00072654" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
-[...91 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apreciado(a) / Estimado(a) / Respetado(a) / Doctor(a) Nombre de la persona (Obligatorio): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A5483">
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>Lorem ipsum dolor sit amet, consectetuer adipiscing elit, sed diam nonummy nibh euismod tincidunt ut laoreet dolore magna aliquam erat volutpat. Ut wisi enim ad minim veniam, quis nostrud exerci tation ullamcorper suscipit lobortis nisl ut aliquip ex ea commodo consequat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sit</w:t>
-[...1018 lines deleted...]
-    <w:p w14:paraId="34C1A726" w14:textId="77777777" w:rsidR="00B127D4" w:rsidRPr="00072654" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>(Debe ser claro, breve, sencillo y cortés)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cordialmente, / Atentamente, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>NOMBRES Y APELLIDOS DEL REMITENTE (MAYÚSCULA SOSTENIDA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Cargo (Mayúscula Inicial)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Nombre de la dependencia (Mayúscula Inicial)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1785"/>
+          <w:tab w:val="left" w:pos="1785" w:leader="none"/>
         </w:tabs>
-        <w:jc w:val="left"/>
-[...11 lines deleted...]
-          <w:i w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...5 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Anexos:</w:t>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t>(si los hay)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116A0320" w14:textId="543D2E98" w:rsidR="00B127D4" w:rsidRPr="00072654" w:rsidRDefault="00B127D4" w:rsidP="00B127D4">
-[...4 lines deleted...]
-          <w:i w:val="0"/>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...5 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>Copias: (si las hay)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>Proyectó: (nombres y apellidos completos)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>Revisó: (nombres y apellidos completos)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...9 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            (no debe existir ningún tipo de negrilla)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...5 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>Aprobó: (nombres y apellidos completos)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="1"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...116 lines deleted...]
-          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(no debe existir ningún tipo de negrilla)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB2FD9B" w14:textId="77777777" w:rsidR="00757B36" w:rsidRPr="008F6FB5" w:rsidRDefault="00757B36" w:rsidP="008F6FB5"/>
-[...6 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p/>
+    <w:sectPr>
+      <w:headerReference xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:type="first" r:id="RelHdr1"/>
+      <w:headerReference xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:type="default" r:id="RelHdr2"/>
+      <w:footerReference xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:type="first" r:id="RelFtr1"/>
+      <w:footerReference xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:type="default" r:id="RelFtr2"/>
+      <w:type w:val="nextPage"/>
+      <w:pgMar w:left="1701" w:right="1608" w:top="2127" w:bottom="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:equalWidth="1" w:space="720"/>
+      <w:titlePg w:val="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...86 lines deleted...]
-
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...1 lines deleted...]
-    <w:sdtPr>
+<w:ftr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" mc:Ignorable="wp14">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P5"/>
+      <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:id w:val="-1071572585"/>
-[...404 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:noProof/>
-        <w:lang w:val="en-US"/>
+        <w:noProof w:val="1"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EC76ADD" wp14:editId="42E69903">
+        <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" simplePos="0" allowOverlap="1" behindDoc="1" layoutInCell="1" locked="0" relativeHeight="2" distL="114300" distR="114300">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="margin">
-            <wp:align>center</wp:align>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-141605</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>4445</wp:posOffset>
+            <wp:posOffset>-635</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1438275" cy="438150"/>
-          <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+          <wp:extent cx="5470525" cy="861060"/>
           <wp:wrapNone/>
-          <wp:docPr id="1730974600" name="Imagen 1"/>
+          <wp:docPr id="4" name="Imagen 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1730974600" name="Imagen 1730974600"/>
+                  <pic:cNvPr id="4" name="Picture 4"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
-[...8 lines deleted...]
-                  <a:stretch/>
+                <pic:blipFill>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Relimage4"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1438275" cy="438150"/>
+                    <a:ext cx="5470525" cy="861060"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect">
-[...9 lines deleted...]
-                  </a:extLst>
+                  <a:prstGeom prst="rect"/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5FF8CE25" w14:textId="7B5F8203" w:rsidR="00757B36" w:rsidRDefault="00757B36">
-[...1 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P5"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Página | </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve">PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>#</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P5"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" mc:Ignorable="wp14">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P5"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof w:val="1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" simplePos="0" allowOverlap="1" behindDoc="1" layoutInCell="1" locked="0" relativeHeight="1" distL="114300" distR="114300">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-165735</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>48260</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="5509895" cy="956310"/>
+          <wp:wrapNone/>
+          <wp:docPr id="5" name="Imagen 5"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="5" name="Picture 5"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Relimage5"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5509895" cy="956310"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect"/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P5"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P5"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Página | </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve">PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof w:val="1"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>#</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="276" w:after="0" w:beforeAutospacing="0" w:afterAutospacing="0"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" mc:Ignorable="wp14">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof w:val="1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" simplePos="0" allowOverlap="1" behindDoc="1" layoutInCell="1" locked="0" relativeHeight="3" distL="114300" distR="114300">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-305435</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7795895" cy="1133475"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Imagen 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Picture 1"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Relimage1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7795895" cy="1133475"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect"/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="6212" w:type="dxa"/>
+      <w:tblInd w:w="3256" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0"/>
+    </w:tblPr>
+    <w:tblGrid/>
+    <w:tr>
+      <w:trPr>
+        <w:trHeight w:hRule="atLeast" w:val="393"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1512" w:type="dxa"/>
+          <w:vMerge w:val="restart"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:noProof w:val="1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" simplePos="0" allowOverlap="1" behindDoc="0" layoutInCell="1" locked="0" relativeHeight="1" distL="114300" distR="114300">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6350</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>36830</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="538480" cy="565150"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Imagen 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="2" name="Picture 2"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Relimage2"/>
+                        <a:srcRect l="4174" t="0" r="4174" b="0"/>
+                        <a:stretch/>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="538480" cy="565150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4700" w:type="dxa"/>
+          <w:gridSpan w:val="2"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:jc w:val="both"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Bar-Code 39" w:hAnsi="Bar-Code 39"/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:jc w:val="both"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="20"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:ind w:left="-107"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="18"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="18"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>R4D1C4D0_1</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr>
+      <w:trPr>
+        <w:trHeight w:hRule="atLeast" w:val="64"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1512" w:type="dxa"/>
+          <w:vMerge w:val="continue"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2747" w:type="dxa"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:jc w:val="both"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Bar-Code 39" w:hAnsi="Bar-Code 39"/>
+              <w:sz w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1953" w:type="dxa"/>
+          <w:vMerge w:val="restart"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:r>
+            <w:t>QRC0D1G0</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr>
+      <w:trPr>
+        <w:trHeight w:hRule="atLeast" w:val="1071"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4259" w:type="dxa"/>
+          <w:gridSpan w:val="2"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:jc w:val="both"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="10"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>R4D1C4D0_2</w:t>
+          </w:r>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>R4D1C4D0_5</w:t>
+          </w:r>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>R4D1C4D0_4</w:t>
+          </w:r>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>R4D1C4D0_3</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1953" w:type="dxa"/>
+          <w:vMerge w:val="continue"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="P7"/>
+            <w:jc w:val="both"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="14"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" mc:Ignorable="wp14">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof w:val="1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" simplePos="0" allowOverlap="1" behindDoc="1" layoutInCell="1" locked="0" relativeHeight="4" distL="114300" distR="114300">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-238760</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7795895" cy="1133475"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="Imagen 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Picture 3"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Relimage3"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7795895" cy="1133475"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect"/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">                   </w:t>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
+    </w:pPr>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="P4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Ttulo1"/>
+      <w:pStyle w:val="P1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="432" w:left="432"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="432" w:hanging="432"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Ttulo2"/>
+      <w:pStyle w:val="P2"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="576" w:left="576"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="576" w:hanging="576"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="720" w:left="720"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="720"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="864" w:left="864"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="864" w:hanging="864"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="1008" w:left="1008"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="1008" w:hanging="1008"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="1152" w:left="1152"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="1152" w:hanging="1152"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="1296" w:left="1296"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="1296" w:hanging="1296"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Ttulo8"/>
+      <w:pStyle w:val="P3"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="1440" w:left="1440"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="1440"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:hanging="1584" w:left="1584"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="1584" w:hanging="1584"/>
-      </w:pPr>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="02940984"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="755E322A"/>
     <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1286501030">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="674574542">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:displayBackgroundShape w:val="0"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="425"/>
-[...11 lines deleted...]
-  </w:endnotePr>
+  <w:autoHyphenation w:val="0"/>
+  <w:evenAndOddHeaders w:val="0"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...105 lines deleted...]
-  <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...9 lines deleted...]
-  <w15:docId w15:val="{82F1AF6E-31FF-4CFD-85E0-BEF35F90808B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:lang w:val="es-CO" w:bidi="ar-SA" w:eastAsia="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:shd w:val="clear" w:fill="auto"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="259" w:before="0" w:after="160" w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="0" w:left="0" w:right="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...377 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="P0" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B127D4"/>
-[...13 lines deleted...]
-    </w:rPr>
+    <w:pPr/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="P1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Ttulo1Car"/>
+    <w:basedOn w:val="P0"/>
+    <w:next w:val="P0"/>
+    <w:link w:val="C7"/>
     <w:qFormat/>
-    <w:rsid w:val="00B127D4"/>
-[...1 lines deleted...]
-      <w:keepNext/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:suppressAutoHyphens w:val="1"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="240" w:after="60" w:beforeAutospacing="0" w:afterAutospacing="0"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b w:val="1"/>
+      <w:i w:val="1"/>
       <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="P2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Ttulo2Car"/>
+    <w:basedOn w:val="P0"/>
+    <w:next w:val="P0"/>
+    <w:link w:val="C8"/>
     <w:qFormat/>
-    <w:rsid w:val="00B127D4"/>
-[...1 lines deleted...]
-      <w:keepNext/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:suppressAutoHyphens w:val="1"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="240" w:after="60" w:beforeAutospacing="0" w:afterAutospacing="0"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b w:val="1"/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="P3">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Ttulo8Car"/>
+    <w:basedOn w:val="P0"/>
+    <w:next w:val="P0"/>
+    <w:link w:val="C9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B127D4"/>
-[...1 lines deleted...]
-      <w:keepNext/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="2"/>
       </w:numPr>
+      <w:suppressAutoHyphens w:val="1"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:after="0" w:beforeAutospacing="0" w:afterAutospacing="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="es-ES_tradnl"/>
+      <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+      <w:i w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
-[...5 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="P4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="P0"/>
+    <w:link w:val="C4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419" w:leader="none"/>
+        <w:tab w:val="right" w:pos="8838" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="auto" w:line="240" w:after="0" w:beforeAutospacing="0" w:afterAutospacing="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="P5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="P0"/>
+    <w:link w:val="C5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419" w:leader="none"/>
+        <w:tab w:val="right" w:pos="8838" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="auto" w:line="240" w:after="0" w:beforeAutospacing="0" w:afterAutospacing="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="P6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="P0"/>
     <w:qFormat/>
-    <w:rsid w:val="00857337"/>
-[...4 lines deleted...]
-      <w:outlineLvl w:val="8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing w:val="1"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="P7">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="240" w:after="0" w:beforeAutospacing="0" w:afterAutospacing="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="P8">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="P0"/>
+    <w:link w:val="C10"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens w:val="1"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:after="0" w:beforeAutospacing="0" w:afterAutospacing="0"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="21"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:styleId="C0" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="character" w:styleId="C1">
+    <w:name w:val="Line Number"/>
+    <w:basedOn w:val="C0"/>
+    <w:semiHidden/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="C2">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="C0"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="C3">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="C0"/>
+    <w:semiHidden/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="C4">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="C0"/>
+    <w:link w:val="P4"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="C5">
+    <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="C0"/>
+    <w:link w:val="P5"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="C6">
+    <w:name w:val="Mención sin resolver1"/>
+    <w:basedOn w:val="C0"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="C7">
+    <w:name w:val="Título 1 Car"/>
+    <w:basedOn w:val="C0"/>
+    <w:link w:val="P1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b w:val="1"/>
+      <w:i w:val="1"/>
+      <w:sz w:val="32"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="C8">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="C0"/>
+    <w:link w:val="P2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b w:val="1"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="C9">
+    <w:name w:val="Título 8 Car"/>
+    <w:basedOn w:val="C0"/>
+    <w:link w:val="P3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+      <w:i w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="C10">
+    <w:name w:val="Texto independiente Car"/>
+    <w:basedOn w:val="C0"/>
+    <w:link w:val="P8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="T0" w:default="1">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+    <w:trPr/>
+    <w:tcPr/>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="table" w:styleId="T1">
+    <w:name w:val="Table Simple 1"/>
+    <w:basedOn w:val="T0"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:shadow="0" w:frame="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:trPr/>
+    <w:tcPr/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="N0">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
-[...169 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="RelHdr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="RelHdr2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="RelFtr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="RelFtr2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="RelStyle1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="RelNum1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="RelSettings1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="RelTheme1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="Relimage4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" /></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="Relimage5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" /></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="Relimage1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image1.png" /><Relationship Id="Relimage2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" /></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="Relimage3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5117,214 +2094,198 @@
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <dc:subject/>
+<cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>William Camilo  Baracaldo Godoy</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>