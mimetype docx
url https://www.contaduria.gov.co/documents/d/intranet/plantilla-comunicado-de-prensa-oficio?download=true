--- v0 (2025-12-07)
+++ v1 (2026-03-28)
@@ -780,58 +780,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> +57 (601) 492 64 00</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="5FB2FD9B" w14:textId="7E89B320" w:rsidR="00757B36" w:rsidRPr="00700898" w:rsidRDefault="00757B36" w:rsidP="00700898"/>
     <w:sectPr w:rsidR="00757B36" w:rsidRPr="00700898" w:rsidSect="00AE5EB8">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="2127" w:right="1701" w:bottom="2268" w:left="1701" w:header="708" w:footer="1701" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B0DEC44" w14:textId="77777777" w:rsidR="00A741EA" w:rsidRDefault="00A741EA" w:rsidP="00757B36">
+    <w:p w14:paraId="46C983A8" w14:textId="77777777" w:rsidR="00DF591E" w:rsidRDefault="00DF591E" w:rsidP="00757B36">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17A50E7B" w14:textId="77777777" w:rsidR="00A741EA" w:rsidRDefault="00A741EA" w:rsidP="00757B36">
+    <w:p w14:paraId="33A627A0" w14:textId="77777777" w:rsidR="00DF591E" w:rsidRDefault="00DF591E" w:rsidP="00757B36">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
@@ -1029,57 +1029,57 @@
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00250258">
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="358DAA7F" w14:textId="11501CF6" w:rsidR="00757B36" w:rsidRDefault="00AE5EB8">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67AA9D71" wp14:editId="745640B9">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67AA9D71" wp14:editId="71CB7803">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>910590</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>994410</wp:posOffset>
+                <wp:posOffset>984885</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3790950" cy="247650"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1243410506" name="Cuadro de texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3790950" cy="247650"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
@@ -1108,51 +1108,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="67AA9D71" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:71.7pt;margin-top:78.3pt;width:298.5pt;height:19.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJ2apaFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykaboYcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0o2flYt9Owi0yK9CP5HjW/b7UiB+F8Daago8GQEmE4lLXZFfT76+rT&#10;Z0p8YKZkCowo6FF4er/4+GHe2FyMoQJVCkcQxPi8sQWtQrB5lnleCc38AKwwGJTgNAvoul1WOtYg&#10;ulbZeDicZg240jrgwnu8feyCdJHwpRQ8PEvpRSCqoNhbSKdL5zae2WLO8p1jtqp53wb7hy40qw0W&#10;PUM9ssDI3tV/QOmaO/Agw4CDzkDKmos0A04zGr6bZlMxK9IsSI63Z5r8/4PlT4eNfXEktF+gRQEj&#10;IY31ucfLOE8rnY5f7JRgHCk8nmkTbSAcL2/uZsPZLYY4xsaTuynaCJNd/rbOh68CNIlGQR3Kkthi&#10;h7UPXeopJRYzsKqVStIoQ5qCTm8Q8rcIgiuDNS69Riu027YfYAvlEedy0EnuLV/VWHzNfHhhDjXG&#10;fnFvwzMeUgEWgd6ipAL382/3MR+pxyglDe5MQf2PPXOCEvXNoCiz0WQSlyw5k9u7MTruOrK9jpi9&#10;fgBcyxG+EMuTGfODOpnSgX7D9V7GqhhihmPtgoaT+RC6TcbnwcVymZJwrSwLa7OxPEJH0iK1r+0b&#10;c7bnP6ByT3DaLpa/k6HL7ehe7gPIOmkUCe5Y7XnHlUwq988n7vy1n7Iuj3zxCwAA//8DAFBLAwQU&#10;AAYACAAAACEAI0bMbuEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjK&#10;aMvWNZ2mShMSgsPGLtzSxmsrGqc02Vb49ZgT3Pyen54/5+vJ9uKMo+8cKbifRSCQamc6ahQc3rZ3&#10;CxA+aDK6d4QKvtDDuri+ynVm3IV2eN6HRnAJ+UwraEMYMil93aLVfuYGJN4d3Wh1YDk20oz6wuW2&#10;l/MoSqXVHfGFVg9Ytlh/7E9WwXO5fdW7am4X33359HLcDJ+H90Sp25tpswIRcAp/YfjFZ3QomKly&#10;JzJe9Kzjh5ijPCRpCoITj3HETsXOMklBFrn8/0PxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAInZqloVAgAALAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACNGzG7hAAAACwEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:71.7pt;margin-top:77.55pt;width:298.5pt;height:19.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJ2apaFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykaboYcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0o2flYt9Owi0yK9CP5HjW/b7UiB+F8Daago8GQEmE4lLXZFfT76+rT&#10;Z0p8YKZkCowo6FF4er/4+GHe2FyMoQJVCkcQxPi8sQWtQrB5lnleCc38AKwwGJTgNAvoul1WOtYg&#10;ulbZeDicZg240jrgwnu8feyCdJHwpRQ8PEvpRSCqoNhbSKdL5zae2WLO8p1jtqp53wb7hy40qw0W&#10;PUM9ssDI3tV/QOmaO/Agw4CDzkDKmos0A04zGr6bZlMxK9IsSI63Z5r8/4PlT4eNfXEktF+gRQEj&#10;IY31ucfLOE8rnY5f7JRgHCk8nmkTbSAcL2/uZsPZLYY4xsaTuynaCJNd/rbOh68CNIlGQR3Kkthi&#10;h7UPXeopJRYzsKqVStIoQ5qCTm8Q8rcIgiuDNS69Riu027YfYAvlEedy0EnuLV/VWHzNfHhhDjXG&#10;fnFvwzMeUgEWgd6ipAL382/3MR+pxyglDe5MQf2PPXOCEvXNoCiz0WQSlyw5k9u7MTruOrK9jpi9&#10;fgBcyxG+EMuTGfODOpnSgX7D9V7GqhhihmPtgoaT+RC6TcbnwcVymZJwrSwLa7OxPEJH0iK1r+0b&#10;c7bnP6ByT3DaLpa/k6HL7ehe7gPIOmkUCe5Y7XnHlUwq988n7vy1n7Iuj3zxCwAA//8DAFBLAwQU&#10;AAYACAAAACEAlp9POOEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fja&#10;0cLWNZ2mShMSgsPGLtzcJmsrGqc02Vb49ZgT3Pyen54/5+vJ9uJsRt85UhDPIhCGaqc7ahQc3rZ3&#10;CxA+IGnsHRkFX8bDuri+yjHT7kI7c96HRnAJ+QwVtCEMmZS+bo1FP3ODId4d3WgxsBwbqUe8cLnt&#10;5TyKHqTFjvhCi4MpW1N/7E9WwXO5fcVdNbeL7758ejluhs/De6rU7c20WYEIZgp/YfjFZ3QomKly&#10;J9Je9KyT+4SjPKRpDIITj0nETsXOMolBFrn8/0PxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAInZqloVAgAALAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAJafTzjhAAAACwEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="113A0743" w14:textId="77777777" w:rsidR="000B7EE9" w:rsidRPr="000E3D84" w:rsidRDefault="000B7EE9" w:rsidP="000B7EE9">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         <w:b/>
                         <w:bCs/>
                         <w:i w:val="0"/>
                         <w:iCs/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000E3D84">
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         <w:b/>
                         <w:bCs/>
                         <w:i w:val="0"/>
                         <w:iCs/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:t>www.contaduria.gov.co</w:t>
                     </w:r>
@@ -1160,129 +1160,206 @@
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64B90AE5" w14:textId="77777777" w:rsidR="006874E6" w:rsidRDefault="006874E6">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="648883E8" w14:textId="77777777" w:rsidR="00A741EA" w:rsidRDefault="00A741EA" w:rsidP="00757B36">
+    <w:p w14:paraId="1577A0F8" w14:textId="77777777" w:rsidR="00DF591E" w:rsidRDefault="00DF591E" w:rsidP="00757B36">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0535AFB8" w14:textId="77777777" w:rsidR="00A741EA" w:rsidRDefault="00A741EA" w:rsidP="00757B36">
+    <w:p w14:paraId="72E07041" w14:textId="77777777" w:rsidR="00DF591E" w:rsidRDefault="00DF591E" w:rsidP="00757B36">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D4DF8E1" w14:textId="77777777" w:rsidR="006874E6" w:rsidRDefault="006874E6">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5FF8CE25" w14:textId="6F0E86CE" w:rsidR="00757B36" w:rsidRDefault="00D26C9E">
+  <w:p w14:paraId="636F69AE" w14:textId="0D21E259" w:rsidR="00B665DC" w:rsidRDefault="00B665DC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662335" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B56792F" wp14:editId="7289AD81">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D72BF72" wp14:editId="03FE815A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>9525</wp:posOffset>
+            <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-449580</wp:posOffset>
+            <wp:posOffset>-448945</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7754208" cy="12792075"/>
+          <wp:extent cx="7795843" cy="1133475"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1643849548" name="Imagen 3"/>
+          <wp:docPr id="172332801" name="Imagen 2" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1643849548" name="Imagen 1643849548"/>
+                  <pic:cNvPr id="172332801" name="Imagen 2" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7754208" cy="12792075"/>
+                    <a:ext cx="7795843" cy="1133475"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5FF8CE25" w14:textId="5293DA13" w:rsidR="00757B36" w:rsidRDefault="00D26C9E">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662335" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B56792F" wp14:editId="570D755A">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>18415</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>569595</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7753985" cy="11601082"/>
+          <wp:effectExtent l="0" t="0" r="0" b="635"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1643849548" name="Imagen 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1643849548" name="Imagen 1643849548"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect t="9308"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7753985" cy="11601082"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="533BBDF9" w14:textId="77777777" w:rsidR="006874E6" w:rsidRDefault="006874E6">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
@@ -1420,86 +1497,89 @@
     <w:rsid w:val="00244B76"/>
     <w:rsid w:val="00250258"/>
     <w:rsid w:val="002644C6"/>
     <w:rsid w:val="00290BE0"/>
     <w:rsid w:val="002A094A"/>
     <w:rsid w:val="002B638C"/>
     <w:rsid w:val="002C51EA"/>
     <w:rsid w:val="002E5EE4"/>
     <w:rsid w:val="002F0EF2"/>
     <w:rsid w:val="00302F1B"/>
     <w:rsid w:val="0030489C"/>
     <w:rsid w:val="003537BC"/>
     <w:rsid w:val="003A1B80"/>
     <w:rsid w:val="003B5828"/>
     <w:rsid w:val="003E47C3"/>
     <w:rsid w:val="003F2DBB"/>
     <w:rsid w:val="00424E60"/>
     <w:rsid w:val="00436E05"/>
     <w:rsid w:val="00452A9C"/>
     <w:rsid w:val="00496456"/>
     <w:rsid w:val="00507F0D"/>
     <w:rsid w:val="00510C1D"/>
     <w:rsid w:val="00520465"/>
     <w:rsid w:val="005B21FD"/>
     <w:rsid w:val="005B43FA"/>
+    <w:rsid w:val="005C0E93"/>
     <w:rsid w:val="005C4860"/>
     <w:rsid w:val="00626216"/>
     <w:rsid w:val="00645425"/>
     <w:rsid w:val="00656475"/>
     <w:rsid w:val="006874E6"/>
     <w:rsid w:val="006A20BD"/>
     <w:rsid w:val="006C7EFB"/>
     <w:rsid w:val="006D231E"/>
     <w:rsid w:val="00700898"/>
     <w:rsid w:val="00757B36"/>
     <w:rsid w:val="00843792"/>
     <w:rsid w:val="00943B4F"/>
     <w:rsid w:val="00962236"/>
     <w:rsid w:val="009E35D2"/>
     <w:rsid w:val="009E5873"/>
     <w:rsid w:val="00A741EA"/>
     <w:rsid w:val="00A943E8"/>
     <w:rsid w:val="00AC5592"/>
     <w:rsid w:val="00AC6D5F"/>
     <w:rsid w:val="00AD261E"/>
     <w:rsid w:val="00AE5EB8"/>
     <w:rsid w:val="00AF3E35"/>
     <w:rsid w:val="00B12B65"/>
     <w:rsid w:val="00B46BB5"/>
+    <w:rsid w:val="00B665DC"/>
     <w:rsid w:val="00B70262"/>
     <w:rsid w:val="00B83629"/>
     <w:rsid w:val="00B86637"/>
     <w:rsid w:val="00BA4769"/>
     <w:rsid w:val="00CA06BF"/>
     <w:rsid w:val="00CB4805"/>
     <w:rsid w:val="00CB49AF"/>
     <w:rsid w:val="00CD4C25"/>
     <w:rsid w:val="00CD518E"/>
     <w:rsid w:val="00CD6EB3"/>
     <w:rsid w:val="00D26C9E"/>
     <w:rsid w:val="00D55537"/>
+    <w:rsid w:val="00DF591E"/>
     <w:rsid w:val="00E970E6"/>
     <w:rsid w:val="00EB63F9"/>
     <w:rsid w:val="00F16748"/>
     <w:rsid w:val="00F46EBA"/>
     <w:rsid w:val="00F51A59"/>
     <w:rsid w:val="00F55AD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -2091,55 +2171,55 @@
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F0EF2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>