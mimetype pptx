--- v0 (2025-12-07)
+++ v1 (2026-03-28)
@@ -1,33 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="mp4" ContentType="video/mp4"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
@@ -219,54 +219,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="14953" autoAdjust="0"/>
     <p:restoredTop sz="94658"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="120" d="100"/>
-          <a:sy n="120" d="100"/>
+          <a:sx n="84" d="100"/>
+          <a:sy n="84" d="100"/>
         </p:scale>
-        <p:origin x="840" y="184"/>
+        <p:origin x="246" y="516"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="84" d="100"/>
           <a:sy n="84" d="100"/>
         </p:scale>
         <p:origin x="3912" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
@@ -530,51 +530,51 @@
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="../media/media1.mp4"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media1.mp4"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -1490,147 +1490,284 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="1_Solo el título">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="20" name="Gráfico 19">
+          <p:cNvPr id="5" name="Vídeo 4">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0245DE6-A9C1-54D0-F697-837135B458DE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02123A5C-0CC5-E0B5-C1C6-944C69607F88}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr userDrawn="1">
+            <a:videoFile r:link="rId2"/>
+            <p:extLst>
+              <p:ext uri="{DAA4B4D4-6D71-4841-9C94-3DE7FCFB9230}">
+                <p14:media xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" r:embed="rId1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...8 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4847894" y="1473204"/>
-            <a:ext cx="2496212" cy="2752433"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2448178290"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="playFrom(0.0)">
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="8064" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+            <p:video>
+              <p:cMediaNode vol="80000" mute="1">
+                <p:cTn id="7" repeatCount="indefinite" fill="hold" display="0">
+                  <p:stCondLst>
+                    <p:cond delay="indefinite"/>
+                  </p:stCondLst>
+                </p:cTn>
+                <p:tgtEl>
+                  <p:spTgt spid="5"/>
+                </p:tgtEl>
+              </p:cMediaNode>
+            </p:video>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="8" restart="whenNotActive" fill="hold" evtFilter="cancelBubble" nodeType="interactiveSeq">
+                <p:stCondLst>
+                  <p:cond evt="onClick" delay="0">
+                    <p:tgtEl>
+                      <p:spTgt spid="5"/>
+                    </p:tgtEl>
+                  </p:cond>
+                </p:stCondLst>
+                <p:endSync evt="end" delay="0">
+                  <p:rtn val="all"/>
+                </p:endSync>
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="0"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="togglePause">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:nextCondLst>
+                <p:cond evt="onClick" delay="0">
+                  <p:tgtEl>
+                    <p:spTgt spid="5"/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Título y objetos">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Imagen 3" descr="Forma&#10;&#10;Descripción generada automáticamente con confianza baja">
+          <p:cNvPr id="7" name="Imagen 6" descr="Fondo negro con letras blancas&#10;&#10;El contenido generado por IA puede ser incorrecto.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6D87CC4-69EE-7C44-538A-52FE6A43D159}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{326CC09B-D2A7-7EE6-4B48-EC4B95DE1DB3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-15469"/>
-            <a:ext cx="12192000" cy="6873470"/>
+            <a:off x="16527" y="0"/>
+            <a:ext cx="12175473" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Título 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79CEB1EA-3226-2ECD-6A1E-9F6CEA6E9DCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
@@ -1754,78 +1891,78 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Título y objetos">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Imagen 3" descr="Forma&#10;&#10;Descripción generada automáticamente con confianza baja">
+          <p:cNvPr id="3" name="Imagen 2" descr="Fondo negro con letras blancas&#10;&#10;El contenido generado por IA puede ser incorrecto.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6D87CC4-69EE-7C44-538A-52FE6A43D159}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510C9A74-5ED9-AAC9-3A04-815B13E66AEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-15469"/>
-            <a:ext cx="12192000" cy="6873470"/>
+            <a:off x="16527" y="0"/>
+            <a:ext cx="12175473" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="CuadroTexto 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBF56BBE-E4B6-D09C-F3BB-A0E0591F86D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4627418" y="6637809"/>
             <a:ext cx="2937163" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -1858,118 +1995,118 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1047024A-1E3D-4FA9-70B5-AF5B4BD87035}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1234" y="0"/>
+            <a:off x="-10196" y="0"/>
             <a:ext cx="12189531" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1192132071"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="2_Título y objetos">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Imagen 3" descr="Forma&#10;&#10;Descripción generada automáticamente con confianza baja">
+          <p:cNvPr id="6" name="Imagen 5" descr="Fondo negro con letras blancas&#10;&#10;El contenido generado por IA puede ser incorrecto.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6D87CC4-69EE-7C44-538A-52FE6A43D159}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81B4FC09-185D-B78C-603F-F389DF94ADB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-15469"/>
-            <a:ext cx="12192000" cy="6873470"/>
+            <a:off x="1" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="CuadroTexto 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBF56BBE-E4B6-D09C-F3BB-A0E0591F86D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4627418" y="6637809"/>
             <a:ext cx="2937163" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -3835,99 +3972,99 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1z-2Xs14DTZzEPH46Yhnj5Hs2DySlNt3v/view?usp=sharing" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1023189470"/>
       </p:ext>
     </p:extLst>
@@ -3985,86 +4122,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...34 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Elipse 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCADDCC2-78F8-1DFC-6ED3-4F2C91FE40F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="420624" y="1444752"/>
             <a:ext cx="3730752" cy="3730752"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="90000"/>
             </a:schemeClr>
           </a:solidFill>
@@ -5145,50 +5246,163 @@
             </a:r>
             <a:r>
               <a:rPr lang="es-CO" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>laborum</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-CO" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="es-CO" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="9" name="Grupo 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBAE068F-5545-BC36-9C98-0A0268D2D8AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noGrp="1" noUngrp="1" noRot="1" noMove="1" noResize="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="8931402" y="194310"/>
+            <a:ext cx="3584448" cy="822960"/>
+            <a:chOff x="8931402" y="194310"/>
+            <a:chExt cx="3584448" cy="822960"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectángulo: esquinas redondeadas 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A6F8C4D-B978-6266-07C7-892389C3C8E4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8931402" y="194310"/>
+              <a:ext cx="3584448" cy="822960"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="es-CO"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="11" name="Imagen 10" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D6FC0B0-ABB1-079F-D366-9FB08A1B3EE1}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId2">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9109710" y="328694"/>
+              <a:ext cx="2773679" cy="552532"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="916456279"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AE775C4-AB19-723D-16A9-33FED650FEB7}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -5227,86 +5441,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...34 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Elipse 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40D05929-C72D-98E1-97CD-0B4B1F52C68D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8051292" y="1563624"/>
             <a:ext cx="3730752" cy="3730752"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="90000"/>
             </a:schemeClr>
           </a:solidFill>
@@ -6386,50 +6564,163 @@
             </a:r>
             <a:r>
               <a:rPr lang="es-CO" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>laborum</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-CO" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="es-CO" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="3" name="Grupo 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B847392B-E5EA-98A2-94F4-DCCFFAD79CBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noGrp="1" noUngrp="1" noRot="1" noMove="1" noResize="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="-349758" y="144518"/>
+            <a:ext cx="3584448" cy="822960"/>
+            <a:chOff x="953262" y="194310"/>
+            <a:chExt cx="3584448" cy="822960"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="4" name="Rectángulo: esquinas redondeadas 3">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{986C3EED-4668-062D-A2FB-D18C27E4221A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="953262" y="194310"/>
+              <a:ext cx="3584448" cy="822960"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="es-CO"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="6" name="Imagen 5" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{099F3BCE-055B-9CCF-D02D-2E4EE7E93B85}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId2">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1508760" y="328694"/>
+              <a:ext cx="2773679" cy="552532"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="973780612"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -7369,86 +7660,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...34 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Marcador de contenido 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C36272F-EA60-21D3-C279-FBDCB5E4999A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4634333" y="1934955"/>
             <a:ext cx="7165975" cy="3317875"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
@@ -8618,50 +8873,86 @@
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="es-MX" sz="3200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Aquí puede colocar una foto</a:t>
             </a:r>
             <a:endParaRPr lang="es-CO" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Imagen 3" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D82A3B5B-D0E9-9F0D-7D40-521666043D38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9109710" y="328694"/>
+            <a:ext cx="2773679" cy="552532"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1201681150"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA52684B-C087-E3C6-735F-73E58E3FBD49}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -8708,86 +8999,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...34 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Título 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BA141FC-FE52-4349-4147-EB9D1D5031BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8537892" y="2633661"/>
             <a:ext cx="3101975" cy="1590675"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -10002,50 +10257,86 @@
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>laborum</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-CO" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="es-CO" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Imagen 2" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73A11848-2D3E-CDD7-A6D0-4F8CDB1F7EF4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="411353" y="328694"/>
+            <a:ext cx="2773679" cy="552532"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2423642461"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10132,163 +10423,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...111 lines deleted...]
-      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="CuadroTexto 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89D17D62-B6FC-1C94-7C8B-4B7EF7250100}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4288536" y="6492240"/>
             <a:ext cx="3227832" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -11334,50 +11512,163 @@
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="es-MX" sz="3200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Aquí puede colocar una foto</a:t>
             </a:r>
             <a:endParaRPr lang="es-CO" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Grupo 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A4A5EAA-AD62-C733-5071-33CFB088D859}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noGrp="1" noUngrp="1" noRot="1" noMove="1" noResize="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="8931402" y="194310"/>
+            <a:ext cx="3584448" cy="822960"/>
+            <a:chOff x="8931402" y="194310"/>
+            <a:chExt cx="3584448" cy="822960"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Rectángulo: esquinas redondeadas 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E691363-CF29-C7A3-F2C0-D247E5828C33}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8931402" y="194310"/>
+              <a:ext cx="3584448" cy="822960"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="es-CO"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="5" name="Imagen 4" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6AC3C80-7956-F2A0-F80A-A75F37155E0C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId2">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9109710" y="328694"/>
+              <a:ext cx="2773679" cy="552532"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1916209221"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52963967-164A-0952-BAA4-80287FDB8C49}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -11470,163 +11761,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...111 lines deleted...]
-      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Título 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52FAF44C-53F1-6E99-509E-01DE8CFDDCFB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8537892" y="2633661"/>
             <a:ext cx="3101975" cy="1590675"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -12652,50 +12830,163 @@
             </a:r>
             <a:r>
               <a:rPr lang="es-CO" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>laborum</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-CO" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="es-CO" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="13" name="Grupo 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F74FA286-6B8A-70DE-865D-5B4C9F2DF268}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noGrp="1" noUngrp="1" noRot="1" noMove="1" noResize="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="-349758" y="144518"/>
+            <a:ext cx="3584448" cy="822960"/>
+            <a:chOff x="953262" y="194310"/>
+            <a:chExt cx="3584448" cy="822960"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectángulo: esquinas redondeadas 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5DA922-EE4C-D7CB-0384-77CC070291C7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="953262" y="194310"/>
+              <a:ext cx="3584448" cy="822960"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="es-CO"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="12" name="Imagen 11" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3C96ACD-B82C-8E67-98BA-C6CFDDD58860}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId2">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1508760" y="328694"/>
+              <a:ext cx="2773679" cy="552532"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="69806209"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
@@ -13299,51 +13590,51 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>842</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Panorámica</PresentationFormat>
   <Paragraphs>44</Paragraphs>
   <Slides>14</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fuentes usadas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títulos de diapositiva</vt:lpstr>
       </vt:variant>
       <vt:variant>